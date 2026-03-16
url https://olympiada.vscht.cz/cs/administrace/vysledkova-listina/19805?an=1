--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -20,198 +20,198 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="51">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-12-10 02:51:43.579015 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-03-16 04:09:56.926679 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie A</t>
   </si>
   <si>
     <t>Krajské kolo (Jihomoravský kraj)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Organika</t>
   </si>
   <si>
     <t>Fyzikála</t>
   </si>
   <si>
     <t>Biochemie</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>
   <si>
     <t>Celkem</t>
   </si>
   <si>
     <t>Kocháň, Jakub</t>
   </si>
   <si>
-    <t>G Brno, Křenová, příspěvková organizace</t>
+    <t>G Brno, Křenová, p.o.</t>
   </si>
   <si>
     <t>6/6</t>
   </si>
   <si>
     <t>Hanák, Martin</t>
   </si>
   <si>
-    <t>G Brno, třída Kapitána Jaroše, příspěvková organizace</t>
+    <t>G Brno, třída Kapitána Jaroše, p.o.</t>
   </si>
   <si>
     <t>8/8</t>
   </si>
   <si>
     <t>Matyasková, Olivie</t>
   </si>
   <si>
-    <t>G a Základní umělecká škola Šlapanice, příspěvková organizace</t>
+    <t>G a Základní umělecká škola Šlapanice, p.o.</t>
   </si>
   <si>
     <t>7/8</t>
   </si>
   <si>
     <t>Mačák, Daniel</t>
   </si>
   <si>
-    <t>G Tišnov, příspěvková organizace</t>
+    <t>G Tišnov, p.o.</t>
   </si>
   <si>
     <t>Bílá, Markéta</t>
   </si>
   <si>
     <t>Václavek, Jan</t>
   </si>
   <si>
     <t>X8</t>
   </si>
   <si>
     <t>Navrátilová, Petra</t>
   </si>
   <si>
-    <t>G, Střední pedagogická škola, OA a Jazyková škola s právem státní jazykové zkoušky Znojmo, příspěvková organizace</t>
+    <t>G, SPgŠ, OA a Jazyková škola s právem státní jazykové zkoušky Znojmo, p.o.</t>
   </si>
   <si>
     <t>Zatloukal, Ondřej</t>
   </si>
   <si>
     <t>Kotuliaková, Soňa</t>
   </si>
   <si>
-    <t>G Matyáše Lercha, Brno, Žižkova 55, příspěvková organizace</t>
+    <t>G Matyáše Lercha, Brno, Žižkova 55, p.o.</t>
   </si>
   <si>
     <t>Studeník, Matěj</t>
   </si>
   <si>
     <t>4/4</t>
   </si>
   <si>
     <t>Žiaková, Lily</t>
   </si>
   <si>
-    <t>G a Jazyková škola s právem státní jazykové zkoušky Břeclav, příspěvková organizace</t>
+    <t>G a Jazyková škola s právem státní jazykové zkoušky Břeclav, p.o.</t>
   </si>
   <si>
     <t>2/4</t>
   </si>
   <si>
     <t>Jaroš, Šimon</t>
   </si>
   <si>
-    <t>G Brno-Řečkovice, příspěvková organizace</t>
+    <t>G Brno-Řečkovice, p.o.</t>
   </si>
   <si>
     <t>6/8</t>
   </si>
   <si>
     <t>Schimmerová, Alice</t>
   </si>
   <si>
     <t>Petrášová, Eliška</t>
   </si>
   <si>
     <t>Nesnídal, Erik</t>
   </si>
   <si>
     <t>5/8</t>
   </si>
   <si>
-    <t>václavek, petr</t>
+    <t>Václavek, Petr</t>
   </si>
   <si>
     <t>X6</t>
   </si>
   <si>
     <t>Janíková, Anna</t>
   </si>
   <si>
     <t>5/6</t>
   </si>
   <si>
     <t>Luner, Martin</t>
   </si>
   <si>
-    <t>G Brno, Slovanské náměstí, příspěvková organizace</t>
+    <t>G Brno, Slovanské náměstí, p.o.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.00"/>
   </numFmts>
   <fonts count="6">
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>