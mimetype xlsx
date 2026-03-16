--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -20,51 +20,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="31">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-12-10 02:47:05.655868 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-03-16 04:09:52.139822 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie A</t>
   </si>
   <si>
     <t>Krajské kolo (Středočeský kraj)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Organika</t>
   </si>
@@ -107,51 +107,51 @@
   <si>
     <t>G Zikmunda Wintra, Rakovník, nám. J. Žižky 186</t>
   </si>
   <si>
     <t>Arnoštová, Veronika</t>
   </si>
   <si>
     <t>Chuchmová, Tereza</t>
   </si>
   <si>
     <t>G Václava Beneše Třebízského, Slaný, Smetanovo nám. 1310</t>
   </si>
   <si>
     <t>Novotná, Aneta</t>
   </si>
   <si>
     <t>G a SOŠ pedagogická, Čáslav, Masarykova 248</t>
   </si>
   <si>
     <t>4/4</t>
   </si>
   <si>
     <t>Veverka, Michal</t>
   </si>
   <si>
-    <t>G Hostivice, příspěvková organizace</t>
+    <t>G Hostivice, p.o.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.00"/>
   </numFmts>
   <fonts count="6">
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>