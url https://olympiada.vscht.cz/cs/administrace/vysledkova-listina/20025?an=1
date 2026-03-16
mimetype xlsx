--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -20,138 +20,138 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="34">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-12-10 03:08:41.313846 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-03-16 04:08:27.317239 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie B</t>
   </si>
   <si>
     <t>Krajské kolo (Liberecký kraj)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Organika</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>
   <si>
     <t>Celkem</t>
   </si>
   <si>
     <t>Novosád, Vojtěch</t>
   </si>
   <si>
-    <t>G a SOŠ pedagogická, Liberec, Jeronýmova 425/27, příspěvková organizace</t>
+    <t>G a SOŠ pedagogická, Liberec, Jeronýmova 425/27, p.o.</t>
   </si>
   <si>
     <t>X8</t>
   </si>
   <si>
     <t>Skřivánek, Jakub</t>
   </si>
   <si>
-    <t>G F. X. Šaldy, Liberec 11, Partyzánská 530, příspěvková organizace</t>
+    <t>G F. X. Šaldy, Liberec 11, Partyzánská 530, p.o.</t>
   </si>
   <si>
     <t>8/8</t>
   </si>
   <si>
     <t>Hradilová, Amálie</t>
   </si>
   <si>
     <t>5/6</t>
   </si>
   <si>
     <t>Kladníček, Adam</t>
   </si>
   <si>
-    <t>G Dr. Antona Randy, Jablonec nad Nisou, příspěvková organizace</t>
+    <t>G Dr. Antona Randy, Jablonec nad Nisou, p.o.</t>
   </si>
   <si>
     <t>Krausová, Eliska</t>
   </si>
   <si>
     <t>7/8</t>
   </si>
   <si>
     <t>Svárovská, Jana</t>
   </si>
   <si>
-    <t>G, Tanvald, Školní 305, příspěvková organizace</t>
+    <t>G, Tanvald, Školní 305, p.o.</t>
   </si>
   <si>
     <t>Pöschl, Patrik</t>
   </si>
   <si>
     <t>3/4</t>
   </si>
   <si>
     <t>Pěnička, Jan</t>
   </si>
   <si>
     <t>Šulc, Štěpán</t>
   </si>
   <si>
-    <t>G, Česká Lípa, Žitavská 2969, příspěvková organizace</t>
+    <t>G, Česká Lípa, Žitavská 2969, p.o.</t>
   </si>
   <si>
     <t>Rapprichová, Anna</t>
   </si>
   <si>
     <t>Bláhová, Lenka Daniela</t>
   </si>
   <si>
     <t>4/4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.00"/>
   </numFmts>
   <fonts count="6">
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>