--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -20,150 +20,150 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="35">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-12-10 02:51:33.261243 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-03-16 04:08:23.608239 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie B</t>
   </si>
   <si>
     <t>Krajské kolo (Ústecký kraj)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Organika</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>
   <si>
     <t>Celkem</t>
   </si>
   <si>
     <t>Melánie, Maliňaková</t>
   </si>
   <si>
-    <t>G, Kadaň, 5. května 620, příspěvková organizace</t>
+    <t>G, Kadaň, 5. května 620, p.o.</t>
   </si>
   <si>
     <t>3/4</t>
   </si>
   <si>
     <t>Dobeš, Kryštof</t>
   </si>
   <si>
-    <t>G, Ústí nad Labem, Jateční 22, příspěvková organizace</t>
+    <t>G, Ústí nad Labem, Jateční 22, p.o.</t>
   </si>
   <si>
     <t>6/8</t>
   </si>
   <si>
     <t>Plachý, Šimon</t>
   </si>
   <si>
-    <t>G a SOŠ dr. Václava Šmejkala, Ústí nad Labem, příspěvková organizace</t>
+    <t>G a SOŠ dr. Václava Šmejkala, Ústí nad Labem, p.o.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Šafránek, Dan</t>
   </si>
   <si>
-    <t>G, Teplice, Čs. dobrovolců 11, příspěvková organizace</t>
+    <t>G, Teplice, Čs. dobrovolců 11, p.o.</t>
   </si>
   <si>
     <t>7/8</t>
   </si>
   <si>
     <t>Hessová, Zuzana</t>
   </si>
   <si>
     <t>X8</t>
   </si>
   <si>
     <t>Sajlerová, Klára</t>
   </si>
   <si>
-    <t>SOŠ technická a zahradnická, Lovosice, příspěvková organizace</t>
+    <t>SOŠ technická a zahradnická, Lovosice, p.o.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Škrdletová, Anna</t>
   </si>
   <si>
-    <t>G, Lovosice, Sady pionýrů 600, příspěvková organizace</t>
+    <t>G, Lovosice, Sady pionýrů 600, p.o.</t>
   </si>
   <si>
     <t>Šourová, Anna</t>
   </si>
   <si>
-    <t>G Děčín, příspěvková organizace</t>
+    <t>G Děčín, p.o.</t>
   </si>
   <si>
     <t>Ceé, Michaela</t>
   </si>
   <si>
-    <t>G Josefa Jungmanna, Litoměřice, Svojsíkova 1, příspěvková organizace</t>
+    <t>G Josefa Jungmanna, Litoměřice, Svojsíkova 1, p.o.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.00"/>
   </numFmts>
   <fonts count="4">
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>