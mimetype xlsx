--- v0 (2025-11-09)
+++ v1 (2026-02-21)
@@ -15,56 +15,56 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="31">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-11-09 15:30:57.559370 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-02-21 18:43:31.009826 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie D</t>
   </si>
   <si>
     <t>Okresní kolo (Trutnov)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>
@@ -81,53 +81,50 @@
     <t>X6</t>
   </si>
   <si>
     <t>Růžička, Radim</t>
   </si>
   <si>
     <t>ZŠ Schulzovy sady, Dvůr Králové nad Labem, Školní 1235</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Valášková, Markéta</t>
   </si>
   <si>
     <t>Svobodová, Veronika</t>
   </si>
   <si>
     <t>Budinová, Petra</t>
   </si>
   <si>
     <t>Tomášková, Johana</t>
   </si>
   <si>
     <t>G, Dvůr Králové nad Labem, nám. Odboje 304</t>
-  </si>
-[...1 lines deleted...]
-    <t>X5</t>
   </si>
   <si>
     <t>Veselý, Lukáš</t>
   </si>
   <si>
     <t>4/8</t>
   </si>
   <si>
     <t>Žižková, Karolína</t>
   </si>
   <si>
     <t>ZŠ a MŠ, Bílá Třemešná, okres Trutnov</t>
   </si>
   <si>
     <t>Honcová, Elen</t>
   </si>
   <si>
     <t>ZŠ Podharť, Dvůr Králové nad Labem, Máchova 884</t>
   </si>
   <si>
     <t>Šedivá, Tereza</t>
   </si>
   <si>
     <t>Bartošová, Eliška</t>
   </si>
@@ -758,189 +755,189 @@
       </c>
       <c r="D12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E12" s="10">
         <v>47</v>
       </c>
       <c r="F12" s="10">
         <v>24</v>
       </c>
       <c r="G12" s="10">
         <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="23" customHeight="1">
       <c r="A13" s="7">
         <v>6</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E13" s="10">
         <v>31.5</v>
       </c>
       <c r="F13" s="10">
         <v>29</v>
       </c>
       <c r="G13" s="10">
         <v>60.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="23" customHeight="1">
       <c r="A14" s="7">
         <v>7</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E14" s="10">
         <v>23</v>
       </c>
       <c r="F14" s="10">
         <v>32.5</v>
       </c>
       <c r="G14" s="10">
         <v>55.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="23" customHeight="1">
       <c r="A15" s="7">
         <v>8</v>
       </c>
       <c r="B15" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C15" s="9" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E15" s="10">
         <v>29.25</v>
       </c>
       <c r="F15" s="10">
         <v>24.5</v>
       </c>
       <c r="G15" s="10">
         <v>53.75</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="23" customHeight="1">
       <c r="A16" s="7">
         <v>9</v>
       </c>
       <c r="B16" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C16" s="9" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="10">
         <v>21</v>
       </c>
       <c r="F16" s="10">
         <v>31</v>
       </c>
       <c r="G16" s="10">
         <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="23" customHeight="1">
       <c r="A17" s="7">
         <v>10</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="10">
         <v>25</v>
       </c>
       <c r="F17" s="10">
         <v>24</v>
       </c>
       <c r="G17" s="10">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="23" customHeight="1">
       <c r="A18" s="7">
         <v>11</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E18" s="10">
         <v>22.75</v>
       </c>
       <c r="F18" s="10">
         <v>25.5</v>
       </c>
       <c r="G18" s="10">
         <v>48.25</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="23" customHeight="1">
       <c r="A19" s="7">
         <v>12</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E19" s="10">
         <v>21</v>
       </c>
       <c r="F19" s="10">
         <v>20.5</v>
       </c>
       <c r="G19" s="10">
         <v>41.5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>