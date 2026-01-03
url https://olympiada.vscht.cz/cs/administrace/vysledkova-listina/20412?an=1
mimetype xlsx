--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -15,83 +15,89 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="55">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-11-04 04:55:18.814699 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-01-03 01:06:09.574432 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie D</t>
   </si>
   <si>
     <t>Okresní kolo (Uherské Hradiště)</t>
   </si>
   <si>
-    <t>Pořadí</t>
-[...2 lines deleted...]
-    <t>Jméno a příjmení</t>
+    <t>Kód</t>
+  </si>
+  <si>
+    <t>Příjmení, jméno</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
-    <t>Anorganika</t>
-[...5 lines deleted...]
-    <t>Celkem</t>
+    <t>E-mail</t>
+  </si>
+  <si>
+    <t>Telefon</t>
+  </si>
+  <si>
+    <t>Bydliště</t>
+  </si>
+  <si>
+    <t>E-mail učitele</t>
+  </si>
+  <si>
+    <t>Telefon učitele</t>
   </si>
   <si>
     <t>Šopík, Filip</t>
   </si>
   <si>
     <t>SPŠ chemická a G Brno, Vranovská, příspěvková organizace</t>
   </si>
   <si>
     <t>X6</t>
   </si>
   <si>
     <t>Faivre, Alex</t>
   </si>
   <si>
     <t>G J.A.Komenského a Jazyková škola s právem státní jazykové zkoušky Uherský Brod</t>
   </si>
   <si>
     <t>X5</t>
   </si>
   <si>
     <t>Podškubka, Martin</t>
   </si>
   <si>
     <t>1/4</t>
   </si>
@@ -254,68 +260,65 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFDDDDFF"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -633,661 +636,667 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G31"/>
+  <dimension ref="A1:I31"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="7" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="8.7109375" customWidth="1"/>
     <col min="2" max="2" width="17.7109375" customWidth="1"/>
     <col min="3" max="3" width="41.28515625" customWidth="1"/>
     <col min="4" max="4" width="4.7109375" customWidth="1"/>
     <col min="5" max="7" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="25" customHeight="1">
+    <row r="1" spans="1:9" ht="25" customHeight="1">
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="20" customHeight="1">
+    <row r="2" spans="1:9" ht="20" customHeight="1">
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="20" customHeight="1">
+    <row r="3" spans="1:9" ht="20" customHeight="1">
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
     </row>
-    <row r="4" spans="1:7">
+    <row r="4" spans="1:9">
       <c r="C4" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="7" spans="1:7">
+    <row r="7" spans="1:9">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="E7" s="6" t="s">
+      <c r="E7" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="F7" s="6" t="s">
+      <c r="F7" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="G7" s="6" t="s">
+      <c r="G7" s="5" t="s">
         <v>10</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="7">
+      <c r="H7" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="23" customHeight="1">
+      <c r="A8" s="6">
         <v>1</v>
       </c>
-      <c r="B8" s="8" t="s">
+      <c r="B8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="9">
+        <v>58.5</v>
+      </c>
+      <c r="F8" s="9">
+        <v>32</v>
+      </c>
+      <c r="G8" s="9">
+        <v>90.5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="23" customHeight="1">
+      <c r="A9" s="6">
+        <v>2</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" s="9">
+        <v>50</v>
+      </c>
+      <c r="F9" s="9">
+        <v>37.5</v>
+      </c>
+      <c r="G9" s="9">
+        <v>87.5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="23" customHeight="1">
+      <c r="A10" s="6">
+        <v>3</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" s="9">
+        <v>53</v>
+      </c>
+      <c r="F10" s="9">
+        <v>32</v>
+      </c>
+      <c r="G10" s="9">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="23" customHeight="1">
+      <c r="A11" s="6">
+        <v>4</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" s="9">
+        <v>51.25</v>
+      </c>
+      <c r="F11" s="9">
+        <v>33.5</v>
+      </c>
+      <c r="G11" s="9">
+        <v>84.75</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="23" customHeight="1">
+      <c r="A12" s="6">
+        <v>5</v>
+      </c>
+      <c r="B12" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E12" s="9">
+        <v>33.5</v>
+      </c>
+      <c r="F12" s="9">
+        <v>37</v>
+      </c>
+      <c r="G12" s="9">
+        <v>70.5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="23" customHeight="1">
+      <c r="A13" s="6">
+        <v>6</v>
+      </c>
+      <c r="B13" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E13" s="9">
+        <v>39</v>
+      </c>
+      <c r="F13" s="9">
+        <v>31</v>
+      </c>
+      <c r="G13" s="9">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="23" customHeight="1">
+      <c r="A14" s="6">
+        <v>7</v>
+      </c>
+      <c r="B14" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E14" s="9">
+        <v>32.25</v>
+      </c>
+      <c r="F14" s="9">
+        <v>31.5</v>
+      </c>
+      <c r="G14" s="9">
+        <v>63.75</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="23" customHeight="1">
+      <c r="A15" s="6">
+        <v>8</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E15" s="9">
+        <v>31</v>
+      </c>
+      <c r="F15" s="9">
+        <v>32</v>
+      </c>
+      <c r="G15" s="9">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="23" customHeight="1">
+      <c r="A16" s="6">
+        <v>9</v>
+      </c>
+      <c r="B16" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" s="9">
+        <v>33.25</v>
+      </c>
+      <c r="F16" s="9">
+        <v>28.5</v>
+      </c>
+      <c r="G16" s="9">
+        <v>61.75</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="23" customHeight="1">
+      <c r="A17" s="6">
+        <v>10</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E17" s="9">
+        <v>35.5</v>
+      </c>
+      <c r="F17" s="9">
+        <v>23.5</v>
+      </c>
+      <c r="G17" s="9">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="23" customHeight="1">
+      <c r="A18" s="6">
         <v>11</v>
       </c>
-      <c r="C8" s="9" t="s">
+      <c r="B18" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E18" s="9">
+        <v>26</v>
+      </c>
+      <c r="F18" s="9">
+        <v>27</v>
+      </c>
+      <c r="G18" s="9">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="23" customHeight="1">
+      <c r="A19" s="6">
         <v>12</v>
       </c>
-      <c r="D8" s="9" t="s">
+      <c r="B19" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E19" s="9">
+        <v>26</v>
+      </c>
+      <c r="F19" s="9">
+        <v>26.5</v>
+      </c>
+      <c r="G19" s="9">
+        <v>52.5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="23" customHeight="1">
+      <c r="A20" s="6">
         <v>13</v>
       </c>
-      <c r="E8" s="10">
-[...2 lines deleted...]
-      <c r="F8" s="10">
+      <c r="B20" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" s="9">
+        <v>27.5</v>
+      </c>
+      <c r="F20" s="9">
+        <v>23</v>
+      </c>
+      <c r="G20" s="9">
+        <v>50.5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="23" customHeight="1">
+      <c r="A21" s="6">
+        <v>14</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E21" s="9">
+        <v>26.5</v>
+      </c>
+      <c r="F21" s="9">
+        <v>22.5</v>
+      </c>
+      <c r="G21" s="9">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="23" customHeight="1">
+      <c r="A22" s="6">
+        <v>15</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E22" s="9">
+        <v>13.5</v>
+      </c>
+      <c r="F22" s="9">
+        <v>28.5</v>
+      </c>
+      <c r="G22" s="9">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="23" customHeight="1">
+      <c r="A23" s="6">
+        <v>16</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E23" s="9">
+        <v>20.5</v>
+      </c>
+      <c r="F23" s="9">
+        <v>21</v>
+      </c>
+      <c r="G23" s="9">
+        <v>41.5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="23" customHeight="1">
+      <c r="A24" s="6">
+        <v>17</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D24" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E24" s="9">
+        <v>20.5</v>
+      </c>
+      <c r="F24" s="9">
+        <v>19</v>
+      </c>
+      <c r="G24" s="9">
+        <v>39.5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="23" customHeight="1">
+      <c r="A25" s="6">
+        <v>18</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="9">
+        <v>19</v>
+      </c>
+      <c r="F25" s="9">
+        <v>20.5</v>
+      </c>
+      <c r="G25" s="9">
+        <v>39.5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="23" customHeight="1">
+      <c r="A26" s="6">
+        <v>19</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D26" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E26" s="9">
+        <v>16.5</v>
+      </c>
+      <c r="F26" s="9">
+        <v>22.5</v>
+      </c>
+      <c r="G26" s="9">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="23" customHeight="1">
+      <c r="A27" s="6">
+        <v>20</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D27" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E27" s="9">
+        <v>12.75</v>
+      </c>
+      <c r="F27" s="9">
+        <v>25</v>
+      </c>
+      <c r="G27" s="9">
+        <v>37.75</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="23" customHeight="1">
+      <c r="A28" s="6">
+        <v>21</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D28" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E28" s="9">
+        <v>15.5</v>
+      </c>
+      <c r="F28" s="9">
+        <v>20</v>
+      </c>
+      <c r="G28" s="9">
+        <v>35.5</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="23" customHeight="1">
+      <c r="A29" s="6">
+        <v>22</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E29" s="9">
+        <v>21.5</v>
+      </c>
+      <c r="F29" s="9">
+        <v>12.5</v>
+      </c>
+      <c r="G29" s="9">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="23" customHeight="1">
+      <c r="A30" s="6">
+        <v>23</v>
+      </c>
+      <c r="B30" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D30" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E30" s="9">
+        <v>6</v>
+      </c>
+      <c r="F30" s="9">
+        <v>26</v>
+      </c>
+      <c r="G30" s="9">
         <v>32</v>
       </c>
-      <c r="G8" s="10">
-[...39 lines deleted...]
-      <c r="E10" s="10">
+    </row>
+    <row r="31" spans="1:7" ht="23" customHeight="1">
+      <c r="A31" s="6">
+        <v>24</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C31" s="8" t="s">
         <v>53</v>
       </c>
-      <c r="F10" s="10">
-[...33 lines deleted...]
-      <c r="B12" s="8" t="s">
+      <c r="D31" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E31" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="F31" s="9">
         <v>21</v>
       </c>
-      <c r="C12" s="9" t="s">
-[...448 lines deleted...]
-      <c r="G31" s="10">
+      <c r="G31" s="9">
         <v>28.5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>