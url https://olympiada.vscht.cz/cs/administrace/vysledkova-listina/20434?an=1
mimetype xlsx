--- v0 (2025-11-08)
+++ v1 (2026-02-06)
@@ -15,170 +15,167 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="40">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-11-08 11:54:13.289642 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-02-06 17:28:21.863629 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie D</t>
   </si>
   <si>
     <t>Okresní kolo (Jablonec nad Nisou)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>
   <si>
     <t>Celkem</t>
   </si>
   <si>
     <t>Bambušek, Vojtěch</t>
   </si>
   <si>
-    <t>G Dr. Antona Randy, Jablonec nad Nisou, příspěvková organizace</t>
+    <t>G Dr. Antona Randy, Jablonec nad Nisou, p.o.</t>
   </si>
   <si>
     <t>X6</t>
   </si>
   <si>
     <t>Plaček, Václav</t>
   </si>
   <si>
-    <t>5/8</t>
-[...1 lines deleted...]
-  <si>
     <t>Cilo, Artemij</t>
   </si>
   <si>
-    <t>ZŠ Železný Brod, Školní 700, příspěvková organizace</t>
+    <t>ZŠ Železný Brod, Školní 700, p.o.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Ryba, Jiří</t>
   </si>
   <si>
     <t>4/8</t>
   </si>
   <si>
     <t>Boháčová, Nela</t>
   </si>
   <si>
-    <t>ZŠ Jablonec nad Nisou, Pasířská 72, příspěvková organizace</t>
+    <t>ZŠ Jablonec nad Nisou, Pasířská 72, p.o.</t>
   </si>
   <si>
     <t>Straka, Tomáš</t>
   </si>
   <si>
-    <t>ZŠ Velké Hamry, Školní 541 - příspěvková organizace</t>
+    <t>ZŠ Velké Hamry, Školní 541 - p.o.</t>
   </si>
   <si>
     <t>Stebel, Adam</t>
   </si>
   <si>
-    <t>ZŠ a MŠ Janov nad Nisou, příspěvková organizace</t>
+    <t>ZŠ a MŠ Janov nad Nisou, p.o.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Dubská, Eliška</t>
   </si>
   <si>
     <t>Koťátkova, Tereza</t>
   </si>
   <si>
     <t>Krouza, Hynek</t>
   </si>
   <si>
     <t>Kocián, Tomáš</t>
   </si>
   <si>
     <t>Letka, Andriana</t>
   </si>
   <si>
     <t>Grofová, Barbora</t>
   </si>
   <si>
-    <t>ZŠ Jablonec nad Nisou - Mšeno, Mozartova 24, příspěvková organizace</t>
+    <t>ZŠ Jablonec nad Nisou - Mšeno, Mozartova 24, p.o.</t>
   </si>
   <si>
     <t>Jiroušová, Kateřina</t>
   </si>
   <si>
     <t>Kramárová, Kateřina</t>
   </si>
   <si>
     <t>Němec, Michael</t>
   </si>
   <si>
     <t>Tegelman, Artur</t>
   </si>
   <si>
-    <t>G, Tanvald, Školní 305, příspěvková organizace</t>
+    <t>G, Tanvald, Školní 305, p.o.</t>
   </si>
   <si>
     <t>Žmolík, Eduard</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.00"/>
   </numFmts>
   <fonts count="6">
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -719,407 +716,407 @@
       </c>
       <c r="D8" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="10">
         <v>46.5</v>
       </c>
       <c r="F8" s="10">
         <v>37</v>
       </c>
       <c r="G8" s="10">
         <v>83.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="23" customHeight="1">
       <c r="A9" s="7">
         <v>2</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E9" s="10">
         <v>35</v>
       </c>
       <c r="F9" s="10">
         <v>28.5</v>
       </c>
       <c r="G9" s="10">
         <v>63.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="23" customHeight="1">
       <c r="A10" s="7">
         <v>3</v>
       </c>
       <c r="B10" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="9" t="s">
+      <c r="D10" s="9" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="E10" s="10">
         <v>31.5</v>
       </c>
       <c r="F10" s="10">
         <v>27</v>
       </c>
       <c r="G10" s="10">
         <v>58.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="23" customHeight="1">
       <c r="A11" s="7">
         <v>4</v>
       </c>
       <c r="B11" s="8" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E11" s="10">
         <v>27.5</v>
       </c>
       <c r="F11" s="10">
         <v>28</v>
       </c>
       <c r="G11" s="10">
         <v>55.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="23" customHeight="1">
       <c r="A12" s="7">
         <v>5</v>
       </c>
       <c r="B12" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="C12" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" s="9" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E12" s="10">
         <v>23.5</v>
       </c>
       <c r="F12" s="10">
         <v>25</v>
       </c>
       <c r="G12" s="10">
         <v>48.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="23" customHeight="1">
       <c r="A13" s="7">
         <v>6</v>
       </c>
       <c r="B13" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C13" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="9" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E13" s="10">
         <v>18</v>
       </c>
       <c r="F13" s="10">
         <v>24</v>
       </c>
       <c r="G13" s="10">
         <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="23" customHeight="1">
       <c r="A14" s="7">
         <v>7</v>
       </c>
       <c r="B14" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C14" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="C14" s="9" t="s">
+      <c r="D14" s="9" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="E14" s="10">
         <v>15</v>
       </c>
       <c r="F14" s="10">
         <v>25.5</v>
       </c>
       <c r="G14" s="10">
         <v>40.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="23" customHeight="1">
       <c r="A15" s="7">
         <v>8</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C15" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D15" s="9" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="E15" s="10">
         <v>18</v>
       </c>
       <c r="F15" s="10">
         <v>19.5</v>
       </c>
       <c r="G15" s="10">
         <v>37.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="23" customHeight="1">
       <c r="A16" s="7">
         <v>9</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E16" s="10">
         <v>15.5</v>
       </c>
       <c r="F16" s="10">
         <v>19</v>
       </c>
       <c r="G16" s="10">
         <v>34.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="23" customHeight="1">
       <c r="A17" s="7">
         <v>10</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C17" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D17" s="9" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="E17" s="10">
         <v>18</v>
       </c>
       <c r="F17" s="10">
         <v>16</v>
       </c>
       <c r="G17" s="10">
         <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="23" customHeight="1">
       <c r="A18" s="7">
         <v>11</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E18" s="10">
         <v>7</v>
       </c>
       <c r="F18" s="10">
         <v>26.5</v>
       </c>
       <c r="G18" s="10">
         <v>33.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="23" customHeight="1">
       <c r="A19" s="7">
         <v>12</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C19" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D19" s="9" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="E19" s="10">
         <v>10.5</v>
       </c>
       <c r="F19" s="10">
         <v>19</v>
       </c>
       <c r="G19" s="10">
         <v>29.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="23" customHeight="1">
       <c r="A20" s="11"/>
       <c r="B20" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C20" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="C20" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" s="13" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E20" s="14">
         <v>0</v>
       </c>
       <c r="F20" s="14">
         <v>0</v>
       </c>
       <c r="G20" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="23" customHeight="1">
       <c r="A21" s="11"/>
       <c r="B21" s="12" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C21" s="13" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D21" s="13" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E21" s="14">
         <v>0</v>
       </c>
       <c r="F21" s="14">
         <v>0</v>
       </c>
       <c r="G21" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="23" customHeight="1">
       <c r="A22" s="11"/>
       <c r="B22" s="12" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C22" s="13" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D22" s="13" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E22" s="14">
         <v>0</v>
       </c>
       <c r="F22" s="14">
         <v>0</v>
       </c>
       <c r="G22" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="23" customHeight="1">
       <c r="A23" s="11"/>
       <c r="B23" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C23" s="13" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D23" s="13" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E23" s="14">
         <v>0</v>
       </c>
       <c r="F23" s="14">
         <v>0</v>
       </c>
       <c r="G23" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="23" customHeight="1">
       <c r="A24" s="11"/>
       <c r="B24" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="C24" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="C24" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="13" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E24" s="14">
         <v>0</v>
       </c>
       <c r="F24" s="14">
         <v>0</v>
       </c>
       <c r="G24" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="23" customHeight="1">
       <c r="A25" s="11"/>
       <c r="B25" s="12" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C25" s="13" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D25" s="13" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E25" s="14">
         <v>0</v>
       </c>
       <c r="F25" s="14">
         <v>0</v>
       </c>
       <c r="G25" s="14">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>