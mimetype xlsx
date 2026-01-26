--- v0 (2025-10-29)
+++ v1 (2026-01-26)
@@ -15,107 +15,104 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="25">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-10-29 01:56:33.251620 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-01-26 19:32:10.361623 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie D</t>
   </si>
   <si>
     <t>Okresní kolo (Teplice)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>
   <si>
     <t>Celkem</t>
   </si>
   <si>
     <t>Černý, Martin</t>
   </si>
   <si>
-    <t>G, Teplice, Čs. dobrovolců 11, příspěvková organizace</t>
+    <t>G, Teplice, Čs. dobrovolců 11, p.o.</t>
   </si>
   <si>
     <t>X6</t>
   </si>
   <si>
     <t>Řeřicha, Jonáš</t>
   </si>
   <si>
     <t>ZŠ, Teplice, U Nových lázní 1102</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Žáková, Nikola</t>
-  </si>
-[...1 lines deleted...]
-    <t>1/4</t>
   </si>
   <si>
     <t>Urbanská, Zuzana</t>
   </si>
   <si>
     <t>ZŠ s rozšířeným vyučováním cizích jazyků, Teplice, Metelkovo nám. 968</t>
   </si>
   <si>
     <t>Peremský, Jan</t>
   </si>
   <si>
     <t>Nedobeha, Anna</t>
   </si>
   <si>
     <t>Muzičková, Veronika</t>
   </si>
   <si>
     <t>Dobihalova, Sara</t>
   </si>
   <si>
     <t>Votavová, Adéla</t>
   </si>
 </sst>
 </file>
 
@@ -697,175 +694,175 @@
       </c>
       <c r="D9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="10">
         <v>47.5</v>
       </c>
       <c r="F9" s="10">
         <v>34</v>
       </c>
       <c r="G9" s="10">
         <v>81.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="23" customHeight="1">
       <c r="A10" s="7">
         <v>3</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E10" s="10">
         <v>44.5</v>
       </c>
       <c r="F10" s="10">
         <v>37</v>
       </c>
       <c r="G10" s="10">
         <v>81.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="23" customHeight="1">
       <c r="A11" s="7">
         <v>4</v>
       </c>
       <c r="B11" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C11" s="9" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="10">
         <v>42.5</v>
       </c>
       <c r="F11" s="10">
         <v>35.5</v>
       </c>
       <c r="G11" s="10">
         <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="23" customHeight="1">
       <c r="A12" s="7">
         <v>5</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="10">
         <v>36.5</v>
       </c>
       <c r="F12" s="10">
         <v>38</v>
       </c>
       <c r="G12" s="10">
         <v>74.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="23" customHeight="1">
       <c r="A13" s="7">
         <v>6</v>
       </c>
       <c r="B13" s="8" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="10">
         <v>39</v>
       </c>
       <c r="F13" s="10">
         <v>35.5</v>
       </c>
       <c r="G13" s="10">
         <v>74.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="23" customHeight="1">
       <c r="A14" s="7">
         <v>7</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="10">
         <v>12</v>
       </c>
       <c r="F14" s="10">
         <v>21.5</v>
       </c>
       <c r="G14" s="10">
         <v>33.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="23" customHeight="1">
       <c r="A15" s="11"/>
       <c r="B15" s="12" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C15" s="13" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="13" t="s">
         <v>16</v>
       </c>
       <c r="E15" s="14"/>
       <c r="F15" s="14"/>
       <c r="G15" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="23" customHeight="1">
       <c r="A16" s="11"/>
       <c r="B16" s="12" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C16" s="13" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="13" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="14"/>
       <c r="F16" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>