--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -15,164 +15,155 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="36">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-12-10 03:22:04.451364 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-03-16 04:08:29.826085 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie D</t>
   </si>
   <si>
     <t>Krajské kolo (Zlínský kraj)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>
   <si>
     <t>Celkem</t>
   </si>
   <si>
     <t>Faivre, Alex</t>
   </si>
   <si>
     <t>G J.A.Komenského a Jazyková škola s právem státní jazykové zkoušky Uherský Brod</t>
   </si>
   <si>
     <t>X5</t>
   </si>
   <si>
     <t>Lapka, Tomáš</t>
   </si>
   <si>
     <t>G Zlín - Lesní čtvrť</t>
   </si>
   <si>
+    <t>X6</t>
+  </si>
+  <si>
     <t>Pinďák, Vojtěch</t>
   </si>
   <si>
     <t>G a Jazyková škola s právem státní jazykové zkoušky Zlín</t>
   </si>
   <si>
-    <t>X6</t>
-[...1 lines deleted...]
-  <si>
     <t>Šopík, Filip</t>
   </si>
   <si>
-    <t>SPŠ chemická a G Brno, Vranovská, příspěvková organizace</t>
+    <t>SPŠ chemická a G Brno, Vranovská, p.o.</t>
   </si>
   <si>
     <t>Podškubka, Martin</t>
   </si>
   <si>
-    <t>1/4</t>
-[...1 lines deleted...]
-  <si>
     <t>Holčák, Jan</t>
   </si>
   <si>
-    <t>SPŠ chemická akademika Heyrovského, Ostrava, příspěvková organizace</t>
+    <t>SPŠ chemická akademika Heyrovského, Ostrava, p.o.</t>
   </si>
   <si>
     <t>Lebeda, Štěpán</t>
   </si>
   <si>
     <t>4/8</t>
   </si>
   <si>
     <t>Boreček, Tobiaš</t>
   </si>
   <si>
     <t>G Rožnov pod Radhoštěm</t>
   </si>
   <si>
-    <t>5/8</t>
-[...1 lines deleted...]
-  <si>
     <t>Štěpánková, Inna</t>
   </si>
   <si>
     <t>Arcibiskupské G v Kroměříži</t>
   </si>
   <si>
-    <t>2/6</t>
-[...1 lines deleted...]
-  <si>
     <t>Baselová, Nikol</t>
   </si>
   <si>
-    <t>ZŠ Valašské Meziříčí, Šafaříkova 726, okres Vsetín, příspěvková organizace</t>
+    <t>ZŠ Valašské Meziříčí, Šafaříkova 726, okres Vsetín, p.o.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Podešvová, Tina</t>
   </si>
   <si>
-    <t>ZŠ Zachar, Kroměříž, příspěvková organizace</t>
+    <t>ZŠ S-MYSL, Kroměříž, p.o.</t>
   </si>
   <si>
     <t>Hurdesová, Agáta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.00"/>
   </numFmts>
   <fonts count="4">
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -687,281 +678,281 @@
       </c>
       <c r="D8" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="10">
         <v>56</v>
       </c>
       <c r="F8" s="10">
         <v>37</v>
       </c>
       <c r="G8" s="10">
         <v>93</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="23" customHeight="1">
       <c r="A9" s="7">
         <v>2</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E9" s="10">
         <v>51.5</v>
       </c>
       <c r="F9" s="10">
         <v>40</v>
       </c>
       <c r="G9" s="10">
         <v>91.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="23" customHeight="1">
       <c r="A10" s="7">
         <v>3</v>
       </c>
       <c r="B10" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" s="9" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
       <c r="E10" s="10">
         <v>51</v>
       </c>
       <c r="F10" s="10">
         <v>40</v>
       </c>
       <c r="G10" s="10">
         <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="23" customHeight="1">
       <c r="A11" s="7">
         <v>4</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E11" s="10">
         <v>49.5</v>
       </c>
       <c r="F11" s="10">
         <v>39</v>
       </c>
       <c r="G11" s="10">
         <v>88.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="23" customHeight="1">
       <c r="A12" s="7">
         <v>5</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E12" s="10">
         <v>48</v>
       </c>
       <c r="F12" s="10">
         <v>39</v>
       </c>
       <c r="G12" s="10">
         <v>87</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="23" customHeight="1">
       <c r="A13" s="7">
         <v>6</v>
       </c>
       <c r="B13" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C13" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="9" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E13" s="10">
         <v>48.5</v>
       </c>
       <c r="F13" s="10">
         <v>35</v>
       </c>
       <c r="G13" s="10">
         <v>83.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="23" customHeight="1">
       <c r="A14" s="7">
         <v>7</v>
       </c>
       <c r="B14" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" s="9" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="E14" s="10">
         <v>30.5</v>
       </c>
       <c r="F14" s="10">
         <v>34</v>
       </c>
       <c r="G14" s="10">
         <v>64.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="23" customHeight="1">
       <c r="A15" s="7">
         <v>8</v>
       </c>
       <c r="B15" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="C15" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="9" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="E15" s="10">
         <v>47</v>
       </c>
       <c r="F15" s="10">
         <v>14</v>
       </c>
       <c r="G15" s="10">
         <v>61</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="23" customHeight="1">
       <c r="A16" s="7">
         <v>9</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="E16" s="10">
         <v>26.5</v>
       </c>
       <c r="F16" s="10">
         <v>33</v>
       </c>
       <c r="G16" s="10">
         <v>59.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="23" customHeight="1">
       <c r="A17" s="7">
         <v>10</v>
       </c>
       <c r="B17" s="8" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E17" s="10">
         <v>35.5</v>
       </c>
       <c r="F17" s="10">
         <v>15</v>
       </c>
       <c r="G17" s="10">
         <v>50.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="23" customHeight="1">
       <c r="A18" s="7">
         <v>11</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E18" s="10">
         <v>31</v>
       </c>
       <c r="F18" s="10">
         <v>15</v>
       </c>
       <c r="G18" s="10">
         <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="23" customHeight="1">
       <c r="A19" s="7">
         <v>12</v>
       </c>
       <c r="B19" s="8" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E19" s="10">
         <v>21.5</v>
       </c>
       <c r="F19" s="10">
         <v>19</v>
       </c>
       <c r="G19" s="10">
         <v>40.5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>