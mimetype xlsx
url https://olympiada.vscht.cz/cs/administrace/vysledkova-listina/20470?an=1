--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -15,56 +15,56 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="50">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-12-10 03:00:54.378238 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-03-16 04:08:42.054830 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie D</t>
   </si>
   <si>
     <t>Krajské kolo (Vysočina)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>
@@ -120,53 +120,50 @@
     <t>G Otokara Březiny a SOŠ Telč</t>
   </si>
   <si>
     <t>3/8</t>
   </si>
   <si>
     <t>Donátová, Sára</t>
   </si>
   <si>
     <t>G a OA Pelhřimov</t>
   </si>
   <si>
     <t>Křížová, Magdaléna</t>
   </si>
   <si>
     <t>G dr. A. Hrdličky, Humpolec, Komenského 147</t>
   </si>
   <si>
     <t>Folta, Matěj</t>
   </si>
   <si>
     <t>ZŠ Polná, okres Jihlava</t>
   </si>
   <si>
     <t>Švec, Jan</t>
-  </si>
-[...1 lines deleted...]
-    <t>X5</t>
   </si>
   <si>
     <t>Pavka, Miroslav</t>
   </si>
   <si>
     <t>4/8</t>
   </si>
   <si>
     <t>Chalupa, Jan</t>
   </si>
   <si>
     <t>G Jihlava</t>
   </si>
   <si>
     <t>Fořt, Vojtĕch</t>
   </si>
   <si>
     <t>G Bystřice nad Pernštejnem</t>
   </si>
   <si>
     <t>Brodinová, Alžběta</t>
   </si>
   <si>
     <t>G Vincence Makovského se sportovními třídami Nové Město na Moravě</t>
   </si>
@@ -887,325 +884,325 @@
       </c>
       <c r="D14" s="9" t="s">
         <v>24</v>
       </c>
       <c r="E14" s="10">
         <v>52</v>
       </c>
       <c r="F14" s="10">
         <v>27</v>
       </c>
       <c r="G14" s="10">
         <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="23" customHeight="1">
       <c r="A15" s="7">
         <v>8</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>31</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E15" s="10">
         <v>48.5</v>
       </c>
       <c r="F15" s="10">
         <v>29</v>
       </c>
       <c r="G15" s="10">
         <v>77.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="23" customHeight="1">
       <c r="A16" s="7">
         <v>9</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10">
         <v>43</v>
       </c>
       <c r="F16" s="10">
         <v>33</v>
       </c>
       <c r="G16" s="10">
         <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="23" customHeight="1">
       <c r="A17" s="7">
         <v>10</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="E17" s="10">
         <v>43</v>
       </c>
       <c r="F17" s="10">
         <v>33</v>
       </c>
       <c r="G17" s="10">
         <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="23" customHeight="1">
       <c r="A18" s="7">
         <v>11</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E18" s="10">
         <v>45.5</v>
       </c>
       <c r="F18" s="10">
         <v>27.5</v>
       </c>
       <c r="G18" s="10">
         <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="23" customHeight="1">
       <c r="A19" s="7">
         <v>12</v>
       </c>
       <c r="B19" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="C19" s="9" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="10">
         <v>39</v>
       </c>
       <c r="F19" s="10">
         <v>34</v>
       </c>
       <c r="G19" s="10">
         <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="23" customHeight="1">
       <c r="A20" s="7">
         <v>13</v>
       </c>
       <c r="B20" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C20" s="9" t="s">
         <v>40</v>
       </c>
-      <c r="C20" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" s="9" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E20" s="10">
         <v>37</v>
       </c>
       <c r="F20" s="10">
         <v>35</v>
       </c>
       <c r="G20" s="10">
         <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="23" customHeight="1">
       <c r="A21" s="7">
         <v>14</v>
       </c>
       <c r="B21" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C21" s="9" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="10">
         <v>35</v>
       </c>
       <c r="F21" s="10">
         <v>34</v>
       </c>
       <c r="G21" s="10">
         <v>69</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="23" customHeight="1">
       <c r="A22" s="7">
         <v>15</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10">
         <v>38</v>
       </c>
       <c r="F22" s="10">
         <v>28</v>
       </c>
       <c r="G22" s="10">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="23" customHeight="1">
       <c r="A23" s="7">
         <v>16</v>
       </c>
       <c r="B23" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C23" s="9" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="10">
         <v>27.5</v>
       </c>
       <c r="F23" s="10">
         <v>35</v>
       </c>
       <c r="G23" s="10">
         <v>62.5</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="23" customHeight="1">
       <c r="A24" s="7">
         <v>17</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10">
         <v>27</v>
       </c>
       <c r="F24" s="10">
         <v>28</v>
       </c>
       <c r="G24" s="10">
         <v>55</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="23" customHeight="1">
       <c r="A25" s="7">
         <v>18</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10">
         <v>18.5</v>
       </c>
       <c r="F25" s="10">
         <v>25</v>
       </c>
       <c r="G25" s="10">
         <v>43.5</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="23" customHeight="1">
       <c r="A26" s="7">
         <v>19</v>
       </c>
       <c r="B26" s="8" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>31</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>27</v>
       </c>
       <c r="E26" s="10">
         <v>13.5</v>
       </c>
       <c r="F26" s="10">
         <v>30</v>
       </c>
       <c r="G26" s="10">
         <v>43.5</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="23" customHeight="1">
       <c r="A27" s="11"/>
       <c r="B27" s="12" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C27" s="13" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D27" s="13" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E27" s="14"/>
       <c r="F27" s="14"/>
       <c r="G27" s="14">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>