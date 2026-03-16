--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -15,179 +15,182 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="54">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-12-10 03:09:27.436074 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-03-16 04:09:35.263577 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie D</t>
   </si>
   <si>
     <t>Krajské kolo (Jihočeský kraj)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>
   <si>
     <t>Celkem</t>
   </si>
   <si>
     <t>Vacek, Štěpán</t>
   </si>
   <si>
     <t>G Pierra de Coubertina, Tábor, Náměstí Františka Křižíka 860</t>
   </si>
   <si>
     <t>X6</t>
   </si>
   <si>
     <t>Kučera, Tomáš</t>
   </si>
   <si>
     <t>G, České Budějovice, Česká 64</t>
   </si>
   <si>
+    <t>Marušáková, Tereza</t>
+  </si>
+  <si>
+    <t>Borovanská, Anna</t>
+  </si>
+  <si>
+    <t>G, České Budějovice, Jírovcova 8</t>
+  </si>
+  <si>
     <t>5/8</t>
   </si>
   <si>
-    <t>Marušáková, Tereza</t>
-[...7 lines deleted...]
-  <si>
     <t>Lukáš, Jan František</t>
   </si>
   <si>
+    <t>X2</t>
+  </si>
+  <si>
+    <t>Souček, Jan</t>
+  </si>
+  <si>
+    <t>Kmínek, Matěj</t>
+  </si>
+  <si>
+    <t>Shivairo, Mark Swegenyi</t>
+  </si>
+  <si>
+    <t>G J. V. Jirsíka, České Budějovice, Fráni Šrámka 23</t>
+  </si>
+  <si>
+    <t>X5</t>
+  </si>
+  <si>
+    <t>Hanselová, Lucie</t>
+  </si>
+  <si>
+    <t>G, Český Krumlov, Chvalšinská 112</t>
+  </si>
+  <si>
+    <t>Šuga, David Štěpán</t>
+  </si>
+  <si>
+    <t>Burian, Vítek</t>
+  </si>
+  <si>
+    <t>ZŠ a MŠ Bělčice, okres Strakonice</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Král, Štěpán</t>
+  </si>
+  <si>
+    <t>G, Strakonice, Máchova 174</t>
+  </si>
+  <si>
+    <t>Krejčí, Eliška</t>
+  </si>
+  <si>
+    <t>G, Příbram, Legionářů 402</t>
+  </si>
+  <si>
+    <t>Pacovská, Anna Sofie</t>
+  </si>
+  <si>
+    <t>Rozhonová, Anastázie</t>
+  </si>
+  <si>
+    <t>Vitoň, Jan</t>
+  </si>
+  <si>
+    <t>Mazancová, Klára</t>
+  </si>
+  <si>
+    <t>1/4</t>
+  </si>
+  <si>
+    <t>Švihovcová, Lucie</t>
+  </si>
+  <si>
     <t>4/8</t>
-  </si>
-[...61 lines deleted...]
-    <t>Švihovcová, Lucie</t>
   </si>
   <si>
     <t>Šťastná, Vanessa</t>
   </si>
   <si>
     <t>G, Písek, Komenského 89</t>
   </si>
   <si>
     <t>Drdová, Markéta</t>
   </si>
   <si>
     <t>ZŠ Chýnov, okres Tábor</t>
   </si>
   <si>
     <t>Chalupová, Anna</t>
   </si>
   <si>
     <t>G Otokara Březiny a SOŠ Telč</t>
   </si>
   <si>
     <t>Trnka, Tomáš</t>
   </si>
   <si>
     <t>G, Prachatice, Zlatá stezka 137</t>
   </si>
@@ -729,166 +732,166 @@
       </c>
       <c r="D8" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="10">
         <v>57</v>
       </c>
       <c r="F8" s="10">
         <v>39.5</v>
       </c>
       <c r="G8" s="10">
         <v>96.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="23" customHeight="1">
       <c r="A9" s="7">
         <v>2</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E9" s="10">
         <v>54.5</v>
       </c>
       <c r="F9" s="10">
         <v>40</v>
       </c>
       <c r="G9" s="10">
         <v>94.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="23" customHeight="1">
       <c r="A10" s="7">
         <v>3</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E10" s="10">
         <v>53</v>
       </c>
       <c r="F10" s="10">
         <v>40</v>
       </c>
       <c r="G10" s="10">
         <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="23" customHeight="1">
       <c r="A11" s="7">
         <v>4</v>
       </c>
       <c r="B11" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="C11" s="9" t="s">
+      <c r="D11" s="9" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E11" s="10">
         <v>55</v>
       </c>
       <c r="F11" s="10">
         <v>35.5</v>
       </c>
       <c r="G11" s="10">
         <v>90.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="23" customHeight="1">
       <c r="A12" s="7">
         <v>5</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10">
         <v>55</v>
       </c>
       <c r="F12" s="10">
         <v>35</v>
       </c>
       <c r="G12" s="10">
         <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="23" customHeight="1">
       <c r="A13" s="7">
         <v>6</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="10">
         <v>54</v>
       </c>
       <c r="F13" s="10">
         <v>35</v>
       </c>
       <c r="G13" s="10">
         <v>89</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="23" customHeight="1">
       <c r="A14" s="7">
         <v>7</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E14" s="10">
         <v>51.5</v>
       </c>
       <c r="F14" s="10">
         <v>37.5</v>
       </c>
       <c r="G14" s="10">
         <v>89</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="23" customHeight="1">
       <c r="A15" s="7">
         <v>8</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E15" s="10">
@@ -959,324 +962,324 @@
       </c>
       <c r="D18" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E18" s="10">
         <v>44</v>
       </c>
       <c r="F18" s="10">
         <v>40</v>
       </c>
       <c r="G18" s="10">
         <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="23" customHeight="1">
       <c r="A19" s="7">
         <v>12</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>34</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E19" s="10">
         <v>56.5</v>
       </c>
       <c r="F19" s="10">
         <v>27</v>
       </c>
       <c r="G19" s="10">
         <v>83.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="23" customHeight="1">
       <c r="A20" s="7">
         <v>13</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>36</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="E20" s="10">
         <v>51.5</v>
       </c>
       <c r="F20" s="10">
         <v>26</v>
       </c>
       <c r="G20" s="10">
         <v>77.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="23" customHeight="1">
       <c r="A21" s="7">
         <v>14</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="10">
         <v>41.5</v>
       </c>
       <c r="F21" s="10">
         <v>36</v>
       </c>
       <c r="G21" s="10">
         <v>77.5</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="23" customHeight="1">
       <c r="A22" s="7">
         <v>15</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>34</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E22" s="10">
         <v>49</v>
       </c>
       <c r="F22" s="10">
         <v>28</v>
       </c>
       <c r="G22" s="10">
         <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="23" customHeight="1">
       <c r="A23" s="7">
         <v>16</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E23" s="10">
         <v>41</v>
       </c>
       <c r="F23" s="10">
         <v>35</v>
       </c>
       <c r="G23" s="10">
         <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="23" customHeight="1">
       <c r="A24" s="7">
         <v>17</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E24" s="10">
         <v>35.5</v>
       </c>
       <c r="F24" s="10">
         <v>34.5</v>
       </c>
       <c r="G24" s="10">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="23" customHeight="1">
       <c r="A25" s="7">
         <v>18</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="E25" s="10">
         <v>49.5</v>
       </c>
       <c r="F25" s="10">
         <v>19</v>
       </c>
       <c r="G25" s="10">
         <v>68.5</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="23" customHeight="1">
       <c r="A26" s="7">
         <v>19</v>
       </c>
       <c r="B26" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C26" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D26" s="9" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="E26" s="10">
         <v>35</v>
       </c>
       <c r="F26" s="10">
         <v>33</v>
       </c>
       <c r="G26" s="10">
         <v>68</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="23" customHeight="1">
       <c r="A27" s="7">
         <v>20</v>
       </c>
       <c r="B27" s="8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E27" s="10">
         <v>34.5</v>
       </c>
       <c r="F27" s="10">
         <v>33.5</v>
       </c>
       <c r="G27" s="10">
         <v>68</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="23" customHeight="1">
       <c r="A28" s="7">
         <v>21</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="10">
         <v>32</v>
       </c>
       <c r="F28" s="10">
         <v>31</v>
       </c>
       <c r="G28" s="10">
         <v>63</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="23" customHeight="1">
       <c r="A29" s="7">
         <v>22</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="E29" s="10">
         <v>27.5</v>
       </c>
       <c r="F29" s="10">
         <v>31.5</v>
       </c>
       <c r="G29" s="10">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="23" customHeight="1">
       <c r="A30" s="7">
         <v>23</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="E30" s="10">
         <v>34</v>
       </c>
       <c r="F30" s="10">
         <v>23</v>
       </c>
       <c r="G30" s="10">
         <v>57</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="23" customHeight="1">
       <c r="A31" s="7">
         <v>24</v>
       </c>
       <c r="B31" s="8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C31" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="10">
         <v>34</v>
       </c>
       <c r="F31" s="10">
         <v>16.5</v>
       </c>
       <c r="G31" s="10">
         <v>50.5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>