--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -20,161 +20,161 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="71">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-12-10 02:45:49.362965 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-03-16 04:08:42.448627 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie D</t>
   </si>
   <si>
     <t>Krajské kolo (Středočeský kraj)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>
   <si>
     <t>Celkem</t>
   </si>
   <si>
     <t>Pustá, Soňa</t>
   </si>
   <si>
-    <t>G Bohumila Hrabala v Nymburce, příspěvková organizace</t>
+    <t>G Bohumila Hrabala v Nymburce, p.o.</t>
   </si>
   <si>
     <t>X6</t>
   </si>
   <si>
     <t>Šafus, Ondřej</t>
   </si>
   <si>
     <t>G, Kladno, nám.Edvarda Beneše 1573</t>
   </si>
   <si>
+    <t>Vonášek, Marek</t>
+  </si>
+  <si>
+    <t>ZŠ a MŠ J. A. Komenského v Novém Strašecí</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Havlíčková, Veronika</t>
+  </si>
+  <si>
+    <t>G, Říčany, Komenského náměstí 1/1280</t>
+  </si>
+  <si>
+    <t>Tuček, Matias</t>
+  </si>
+  <si>
+    <t>G, Praha 6, Nad Alejí 1952</t>
+  </si>
+  <si>
+    <t>1/4</t>
+  </si>
+  <si>
+    <t>Hrubá, Adéla</t>
+  </si>
+  <si>
+    <t>G Karla Čapka, Dobříš, Školní 1530</t>
+  </si>
+  <si>
+    <t>Vaněk, Tomáš</t>
+  </si>
+  <si>
+    <t>Hrdinová, Veronika</t>
+  </si>
+  <si>
+    <t>Zvolánek, Martin</t>
+  </si>
+  <si>
+    <t>G, Příbram, Legionářů 402</t>
+  </si>
+  <si>
+    <t>Čebiš, Ondřej</t>
+  </si>
+  <si>
+    <t>Sportovní G, Kladno, Plzeňská 3103</t>
+  </si>
+  <si>
+    <t>Bartek, Jan</t>
+  </si>
+  <si>
+    <t>G Joachima Barranda, Beroun, Talichova 824</t>
+  </si>
+  <si>
+    <t>X5</t>
+  </si>
+  <si>
+    <t>Penkalová, Dora</t>
+  </si>
+  <si>
+    <t>G Jiřího Ortena, Kutná Hora, Jaselská 932</t>
+  </si>
+  <si>
     <t>5/8</t>
   </si>
   <si>
-    <t>Vonášek, Marek</t>
-[...61 lines deleted...]
-  <si>
     <t>Hromják, Alexej</t>
   </si>
   <si>
     <t>G a SOŠ pedagogická, Čáslav, Masarykova 248</t>
   </si>
   <si>
     <t>Lhotková, Klára</t>
   </si>
   <si>
     <t>Ferus, Hanna</t>
   </si>
   <si>
     <t>Sedláček, Radim</t>
   </si>
   <si>
     <t>Svoboda, Kryštof</t>
   </si>
   <si>
     <t>Hlaváčková, Alena</t>
   </si>
   <si>
     <t>ZŠ Dobřichovice</t>
   </si>
   <si>
     <t>Krejza, Ales</t>
@@ -215,51 +215,51 @@
   <si>
     <t>Církevní G v Kutné Hoře</t>
   </si>
   <si>
     <t>Plachá, Kateřina</t>
   </si>
   <si>
     <t>Vacková, Karla</t>
   </si>
   <si>
     <t>Volfová, Žofie</t>
   </si>
   <si>
     <t>Khvostenko, Diana</t>
   </si>
   <si>
     <t>Grumlová, Simona</t>
   </si>
   <si>
     <t>ZŠ Kolín III., Masarykova 412</t>
   </si>
   <si>
     <t>Berdychová, Eliška</t>
   </si>
   <si>
-    <t>ZŠ a MŠ Třebotov, příspěvková organizace</t>
+    <t>ZŠ a MŠ Třebotov, p.o.</t>
   </si>
   <si>
     <t>Vítová, Nikola Lejla</t>
   </si>
   <si>
     <t>Záhlava, Jakub</t>
   </si>
   <si>
     <t>ZŠ a MŠ Dolní Břežany</t>
   </si>
   <si>
     <t>Janglová, Ester</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.00"/>
   </numFmts>
   <fonts count="4">
     <font>
       <sz val="9"/>
       <color theme="1"/>
@@ -783,764 +783,764 @@
       </c>
       <c r="D8" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="10">
         <v>53.5</v>
       </c>
       <c r="F8" s="10">
         <v>36.5</v>
       </c>
       <c r="G8" s="10">
         <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="23" customHeight="1">
       <c r="A9" s="7">
         <v>2</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E9" s="10">
         <v>51.5</v>
       </c>
       <c r="F9" s="10">
         <v>38</v>
       </c>
       <c r="G9" s="10">
         <v>89.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="23" customHeight="1">
       <c r="A10" s="7">
         <v>3</v>
       </c>
       <c r="B10" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="C10" s="9" t="s">
+      <c r="D10" s="9" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E10" s="10">
         <v>49</v>
       </c>
       <c r="F10" s="10">
         <v>37</v>
       </c>
       <c r="G10" s="10">
         <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="23" customHeight="1">
       <c r="A11" s="7">
         <v>4</v>
       </c>
       <c r="B11" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="C11" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="9" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E11" s="10">
         <v>50.5</v>
       </c>
       <c r="F11" s="10">
         <v>35</v>
       </c>
       <c r="G11" s="10">
         <v>85.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="23" customHeight="1">
       <c r="A12" s="7">
         <v>5</v>
       </c>
       <c r="B12" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C12" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="C12" s="9" t="s">
+      <c r="D12" s="9" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="E12" s="10">
         <v>57</v>
       </c>
       <c r="F12" s="10">
         <v>28</v>
       </c>
       <c r="G12" s="10">
         <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="23" customHeight="1">
       <c r="A13" s="7">
         <v>6</v>
       </c>
       <c r="B13" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="9" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="10">
         <v>51.5</v>
       </c>
       <c r="F13" s="10">
         <v>32</v>
       </c>
       <c r="G13" s="10">
         <v>83.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="23" customHeight="1">
       <c r="A14" s="7">
         <v>7</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="10">
         <v>47.5</v>
       </c>
       <c r="F14" s="10">
         <v>36</v>
       </c>
       <c r="G14" s="10">
         <v>83.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="23" customHeight="1">
       <c r="A15" s="7">
         <v>8</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="10">
         <v>45</v>
       </c>
       <c r="F15" s="10">
         <v>38</v>
       </c>
       <c r="G15" s="10">
         <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="23" customHeight="1">
       <c r="A16" s="7">
         <v>9</v>
       </c>
       <c r="B16" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" s="9" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="10">
         <v>44</v>
       </c>
       <c r="F16" s="10">
         <v>38</v>
       </c>
       <c r="G16" s="10">
         <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="23" customHeight="1">
       <c r="A17" s="7">
         <v>10</v>
       </c>
       <c r="B17" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C17" s="9" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="10">
         <v>55.5</v>
       </c>
       <c r="F17" s="10">
         <v>26</v>
       </c>
       <c r="G17" s="10">
         <v>81.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="23" customHeight="1">
       <c r="A18" s="7">
         <v>11</v>
       </c>
       <c r="B18" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="C18" s="9" t="s">
+      <c r="D18" s="9" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="E18" s="10">
         <v>44.5</v>
       </c>
       <c r="F18" s="10">
         <v>37</v>
       </c>
       <c r="G18" s="10">
         <v>81.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="23" customHeight="1">
       <c r="A19" s="7">
         <v>12</v>
       </c>
       <c r="B19" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="C19" s="9" t="s">
         <v>36</v>
       </c>
-      <c r="C19" s="9" t="s">
+      <c r="D19" s="9" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E19" s="10">
         <v>50.5</v>
       </c>
       <c r="F19" s="10">
         <v>29.5</v>
       </c>
       <c r="G19" s="10">
         <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="23" customHeight="1">
       <c r="A20" s="7">
         <v>13</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="E20" s="10">
         <v>45</v>
       </c>
       <c r="F20" s="10">
         <v>34.5</v>
       </c>
       <c r="G20" s="10">
         <v>79.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="23" customHeight="1">
       <c r="A21" s="7">
         <v>14</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="E21" s="10">
         <v>46.5</v>
       </c>
       <c r="F21" s="10">
         <v>31.5</v>
       </c>
       <c r="G21" s="10">
         <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="23" customHeight="1">
       <c r="A22" s="7">
         <v>15</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="E22" s="10">
         <v>46.5</v>
       </c>
       <c r="F22" s="10">
         <v>31</v>
       </c>
       <c r="G22" s="10">
         <v>77.5</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="23" customHeight="1">
       <c r="A23" s="7">
         <v>16</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C23" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" s="9" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E23" s="10">
         <v>42.5</v>
       </c>
       <c r="F23" s="10">
         <v>35</v>
       </c>
       <c r="G23" s="10">
         <v>77.5</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="23" customHeight="1">
       <c r="A24" s="7">
         <v>17</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C24" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="D24" s="9" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="E24" s="10">
         <v>48</v>
       </c>
       <c r="F24" s="10">
         <v>28</v>
       </c>
       <c r="G24" s="10">
         <v>76</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="23" customHeight="1">
       <c r="A25" s="7">
         <v>18</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>45</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E25" s="10">
         <v>43</v>
       </c>
       <c r="F25" s="10">
         <v>33</v>
       </c>
       <c r="G25" s="10">
         <v>76</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="23" customHeight="1">
       <c r="A26" s="7">
         <v>19</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>47</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E26" s="10">
         <v>40</v>
       </c>
       <c r="F26" s="10">
         <v>35</v>
       </c>
       <c r="G26" s="10">
         <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="23" customHeight="1">
       <c r="A27" s="7">
         <v>20</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>49</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E27" s="10">
         <v>43</v>
       </c>
       <c r="F27" s="10">
         <v>31</v>
       </c>
       <c r="G27" s="10">
         <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="23" customHeight="1">
       <c r="A28" s="7">
         <v>21</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="9" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="E28" s="10">
         <v>40.5</v>
       </c>
       <c r="F28" s="10">
         <v>33</v>
       </c>
       <c r="G28" s="10">
         <v>73.5</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="23" customHeight="1">
       <c r="A29" s="7">
         <v>22</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>53</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E29" s="10">
         <v>39.5</v>
       </c>
       <c r="F29" s="10">
         <v>34</v>
       </c>
       <c r="G29" s="10">
         <v>73.5</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="23" customHeight="1">
       <c r="A30" s="7">
         <v>23</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>55</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E30" s="10">
         <v>40</v>
       </c>
       <c r="F30" s="10">
         <v>33</v>
       </c>
       <c r="G30" s="10">
         <v>73</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="23" customHeight="1">
       <c r="A31" s="7">
         <v>24</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>49</v>
       </c>
       <c r="D31" s="9" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="E31" s="10">
         <v>37</v>
       </c>
       <c r="F31" s="10">
         <v>31</v>
       </c>
       <c r="G31" s="10">
         <v>68</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="23" customHeight="1">
       <c r="A32" s="7">
         <v>25</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>57</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>58</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E32" s="10">
         <v>34.5</v>
       </c>
       <c r="F32" s="10">
         <v>33</v>
       </c>
       <c r="G32" s="10">
         <v>67.5</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="23" customHeight="1">
       <c r="A33" s="7">
         <v>26</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C33" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="E33" s="10">
         <v>38</v>
       </c>
       <c r="F33" s="10">
         <v>29</v>
       </c>
       <c r="G33" s="10">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:7" ht="23" customHeight="1">
       <c r="A34" s="7">
         <v>27</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="10">
         <v>34</v>
       </c>
       <c r="F34" s="10">
         <v>32.5</v>
       </c>
       <c r="G34" s="10">
         <v>66.5</v>
       </c>
     </row>
     <row r="35" spans="1:7" ht="23" customHeight="1">
       <c r="A35" s="7">
         <v>28</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="10">
         <v>40</v>
       </c>
       <c r="F35" s="10">
         <v>26</v>
       </c>
       <c r="G35" s="10">
         <v>66</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="23" customHeight="1">
       <c r="A36" s="7">
         <v>29</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C36" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D36" s="9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E36" s="10">
         <v>26</v>
       </c>
       <c r="F36" s="10">
         <v>36</v>
       </c>
       <c r="G36" s="10">
         <v>62</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="23" customHeight="1">
       <c r="A37" s="7">
         <v>30</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C37" s="9" t="s">
         <v>64</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E37" s="10">
         <v>30.5</v>
       </c>
       <c r="F37" s="10">
         <v>29</v>
       </c>
       <c r="G37" s="10">
         <v>59.5</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="23" customHeight="1">
       <c r="A38" s="7">
         <v>31</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>65</v>
       </c>
       <c r="C38" s="9" t="s">
         <v>66</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E38" s="10">
         <v>29.5</v>
       </c>
       <c r="F38" s="10">
         <v>30</v>
       </c>
       <c r="G38" s="10">
         <v>59.5</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="23" customHeight="1">
       <c r="A39" s="7">
         <v>32</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>67</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E39" s="10">
         <v>38</v>
       </c>
       <c r="F39" s="10">
         <v>21</v>
       </c>
       <c r="G39" s="10">
         <v>59</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="23" customHeight="1">
       <c r="A40" s="7">
         <v>33</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>69</v>
       </c>
       <c r="D40" s="9" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E40" s="10">
         <v>30</v>
       </c>
       <c r="F40" s="10">
         <v>29</v>
       </c>
       <c r="G40" s="10">
         <v>59</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="23" customHeight="1">
       <c r="A41" s="7">
         <v>34</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C41" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D41" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E41" s="10">