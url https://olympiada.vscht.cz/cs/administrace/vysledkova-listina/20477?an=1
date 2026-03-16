--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -20,231 +20,231 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="62">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-12-10 02:51:43.079026 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-03-16 04:08:43.453145 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie D</t>
   </si>
   <si>
     <t>Krajské kolo (Jihomoravský kraj)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>
   <si>
     <t>Celkem</t>
   </si>
   <si>
-    <t>václavek, petr</t>
-[...2 lines deleted...]
-    <t>G Brno, třída Kapitána Jaroše, příspěvková organizace</t>
+    <t>Václavek, Petr</t>
+  </si>
+  <si>
+    <t>G Brno, třída Kapitána Jaroše, p.o.</t>
   </si>
   <si>
     <t>X6</t>
   </si>
   <si>
     <t>Huspek, Šimon</t>
   </si>
   <si>
-    <t>G Matyáše Lercha, Brno, Žižkova 55, příspěvková organizace</t>
+    <t>G Matyáše Lercha, Brno, Žižkova 55, p.o.</t>
   </si>
   <si>
     <t>Formánek, Josef Eliáš</t>
   </si>
   <si>
-    <t>G Brno, Křenová, příspěvková organizace</t>
+    <t>G Brno, Křenová, p.o.</t>
   </si>
   <si>
     <t>3/6</t>
   </si>
   <si>
     <t>Sedláček, Adam</t>
   </si>
   <si>
-    <t>G Brno-Bystrc, příspěvková organizace</t>
+    <t>G Brno-Bystrc, p.o.</t>
   </si>
   <si>
     <t>Eliáš, Jan</t>
   </si>
   <si>
-    <t>G Brno-Řečkovice, příspěvková organizace</t>
+    <t>G Brno-Řečkovice, p.o.</t>
   </si>
   <si>
     <t>Orlová, Marta</t>
   </si>
   <si>
-    <t>Purkyňovo G, Strážnice, Masarykova 379, příspěvková organizace</t>
+    <t>Purkyňovo G, Strážnice, Masarykova 379, p.o.</t>
   </si>
   <si>
     <t>Schejbalová, Zuzana</t>
   </si>
   <si>
     <t>5/8</t>
   </si>
   <si>
     <t>Střelcová, Adéla</t>
   </si>
   <si>
-    <t>ZŠ a MŠ Vranovice, příspěvková organizace</t>
+    <t>ZŠ a MŠ Vranovice, p.o.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Brázda, Antonín</t>
   </si>
   <si>
-    <t>Klvaňovo G a SZŠ Kyjov, příspěvková organizace</t>
+    <t>Klvaňovo G a SZŠ Kyjov, p.o.</t>
   </si>
   <si>
     <t>Dlabola, Vojtěch</t>
   </si>
   <si>
     <t>Zonygová, Anežka</t>
   </si>
   <si>
     <t>Cvak, Jan</t>
   </si>
   <si>
-    <t>G Tišnov, příspěvková organizace</t>
+    <t>G Tišnov, p.o.</t>
   </si>
   <si>
     <t>Skybová, Agáta</t>
   </si>
   <si>
-    <t>G Dr. Karla Polesného Znojmo, příspěvková organizace</t>
+    <t>G Dr. Karla Polesného Znojmo, p.o.</t>
   </si>
   <si>
     <t>Buchta (3.AV), Jan</t>
   </si>
   <si>
     <t>X5</t>
   </si>
   <si>
     <t>Cempírková, Pavlína</t>
   </si>
   <si>
     <t>4/8</t>
   </si>
   <si>
     <t>Michalicová, Ema Berenika</t>
   </si>
   <si>
-    <t>G, Střední pedagogická škola, OA a Jazyková škola s právem státní jazykové zkoušky Znojmo, příspěvková organizace</t>
+    <t>G, SPgŠ, OA a Jazyková škola s právem státní jazykové zkoušky Znojmo, p.o.</t>
   </si>
   <si>
     <t>3/8</t>
   </si>
   <si>
     <t>Nguyen, Nikola</t>
   </si>
   <si>
     <t>Komárková, Tereza</t>
   </si>
   <si>
     <t>Krais, Metoděj</t>
   </si>
   <si>
     <t>Chocholatý, Tobiáš</t>
   </si>
   <si>
     <t>Jancalek, Matyas</t>
   </si>
   <si>
-    <t>G, OA a Jazyková škola s právem státní jazykové zkoušky Hodonín, příspěvková organizace</t>
+    <t>G, OA a Jazyková škola s právem státní jazykové zkoušky Hodonín, p.o.</t>
   </si>
   <si>
     <t>Oprchal, Pavel</t>
   </si>
   <si>
-    <t>G Židlochovice, příspěvková organizace</t>
+    <t>G Židlochovice, p.o.</t>
   </si>
   <si>
     <t>Sova, Štěpán</t>
   </si>
   <si>
     <t>Chlubný, David</t>
   </si>
   <si>
-    <t>G Brno, Vídeňská, příspěvková organizace</t>
+    <t>G Brno, Vídeňská, p.o.</t>
   </si>
   <si>
     <t>Janouch, Oliver</t>
   </si>
   <si>
     <t>ZŠ, Tišnov, náměstí 28. října 1708</t>
   </si>
   <si>
     <t>Pokorná, Ema</t>
   </si>
   <si>
     <t>Maňura, Daniel</t>
   </si>
   <si>
     <t>Neumannová, Julie</t>
   </si>
   <si>
-    <t>G a Jazyková škola s právem státní jazykové zkoušky Břeclav, příspěvková organizace</t>
+    <t>G a Jazyková škola s právem státní jazykové zkoušky Břeclav, p.o.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.00"/>
   </numFmts>
   <fonts count="4">
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -963,51 +963,51 @@
       </c>
       <c r="D17" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="10">
         <v>52.5</v>
       </c>
       <c r="F17" s="10">
         <v>29</v>
       </c>
       <c r="G17" s="10">
         <v>81.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="23" customHeight="1">
       <c r="A18" s="7">
         <v>11</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E18" s="10">
         <v>51</v>
       </c>
       <c r="F18" s="10">
         <v>30</v>
       </c>
       <c r="G18" s="10">
         <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="23" customHeight="1">
       <c r="A19" s="7">
         <v>12</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>35</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="10">
@@ -1216,51 +1216,51 @@
       </c>
       <c r="D28" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E28" s="10">
         <v>45.5</v>
       </c>
       <c r="F28" s="10">
         <v>26</v>
       </c>
       <c r="G28" s="10">
         <v>71.5</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="23" customHeight="1">
       <c r="A29" s="7">
         <v>22</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>52</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E29" s="10">
         <v>47</v>
       </c>
       <c r="F29" s="10">
         <v>24</v>
       </c>
       <c r="G29" s="10">
         <v>71</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="23" customHeight="1">
       <c r="A30" s="7">
         <v>23</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E30" s="10">