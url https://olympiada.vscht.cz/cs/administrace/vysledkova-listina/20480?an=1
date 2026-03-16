--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -20,101 +20,101 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="50">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-12-10 02:52:55.546181 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-03-16 04:11:08.722026 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie D</t>
   </si>
   <si>
     <t>Krajské kolo (Pardubický kraj)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>
   <si>
     <t>Celkem</t>
   </si>
   <si>
     <t>Lim, Marek</t>
   </si>
   <si>
     <t>G, Pardubice, Dašická 1083</t>
   </si>
   <si>
+    <t>X6</t>
+  </si>
+  <si>
+    <t>Ferenčíková, Sofie</t>
+  </si>
+  <si>
     <t>5/8</t>
   </si>
   <si>
-    <t>Ferenčíková, Sofie</t>
-[...1 lines deleted...]
-  <si>
     <t>Horáčková, Andrea</t>
   </si>
   <si>
     <t>G Aloise Jiráska, Litomyšl, T. G. Masaryka 590</t>
   </si>
   <si>
-    <t>X6</t>
-[...1 lines deleted...]
-  <si>
     <t>Kynclová, Jana</t>
   </si>
   <si>
     <t>Masarykova ZŠ Polička</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Kořínek, Matyáš</t>
   </si>
   <si>
     <t>ZŠ Pardubice-Polabiny, npor. Eliáše 344</t>
   </si>
   <si>
     <t>Konečná, Terezie</t>
   </si>
   <si>
     <t>G Vysoké Mýto</t>
   </si>
   <si>
     <t>X5</t>
   </si>
   <si>
     <t>Mejstrik, Jakub</t>
@@ -122,75 +122,75 @@
   <si>
     <t>4/8</t>
   </si>
   <si>
     <t>Zahálka, Matěj</t>
   </si>
   <si>
     <t>G, Polička, nábřeží Svobody 306</t>
   </si>
   <si>
     <t>Jandl, Štěpán</t>
   </si>
   <si>
     <t>Bažantová, Eliška</t>
   </si>
   <si>
     <t>Dolejš, Mikuláš</t>
   </si>
   <si>
     <t>Martiník, David</t>
   </si>
   <si>
     <t>G, Pardubice, Mozartova 449</t>
   </si>
   <si>
+    <t>Leksová, Šárka</t>
+  </si>
+  <si>
+    <t>G a Jazyková škola s právem státní jazykové zkoušky Svitavy</t>
+  </si>
+  <si>
+    <t>Píšová, Simona</t>
+  </si>
+  <si>
+    <t>Macek, Kryštof</t>
+  </si>
+  <si>
+    <t>Jarošík, Tomáš</t>
+  </si>
+  <si>
+    <t>Pejchar, Matyáš</t>
+  </si>
+  <si>
+    <t>G, Lanškroun, nám. Jana Marka Marků 113</t>
+  </si>
+  <si>
+    <t>Dočekal, Bohumil</t>
+  </si>
+  <si>
     <t>1/4</t>
-  </si>
-[...22 lines deleted...]
-    <t>Dočekal, Bohumil</t>
   </si>
   <si>
     <t>Polanský, Ondřej</t>
   </si>
   <si>
     <t>ZŠ a MŠ Červená Voda</t>
   </si>
   <si>
     <t>Koreček, Filip</t>
   </si>
   <si>
     <t>G Josefa Ressela, Chrudim, Olbrachtova 291</t>
   </si>
   <si>
     <t>Konůpková, Kateřina</t>
   </si>
   <si>
     <t>G Dr. Emila Holuba, Holice, Na Mušce 1110</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -746,74 +746,74 @@
       </c>
       <c r="D8" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="10">
         <v>60</v>
       </c>
       <c r="F8" s="10">
         <v>36</v>
       </c>
       <c r="G8" s="10">
         <v>96</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="23" customHeight="1">
       <c r="A9" s="7">
         <v>2</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E9" s="10">
         <v>53</v>
       </c>
       <c r="F9" s="10">
         <v>34</v>
       </c>
       <c r="G9" s="10">
         <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="23" customHeight="1">
       <c r="A10" s="7">
         <v>3</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C10" s="9" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E10" s="10">
         <v>52</v>
       </c>
       <c r="F10" s="10">
         <v>34</v>
       </c>
       <c r="G10" s="10">
         <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="23" customHeight="1">
       <c r="A11" s="7">
         <v>4</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="10">
@@ -907,258 +907,258 @@
       </c>
       <c r="D15" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="10">
         <v>40.5</v>
       </c>
       <c r="F15" s="10">
         <v>36</v>
       </c>
       <c r="G15" s="10">
         <v>76.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="23" customHeight="1">
       <c r="A16" s="7">
         <v>9</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E16" s="10">
         <v>40</v>
       </c>
       <c r="F16" s="10">
         <v>36</v>
       </c>
       <c r="G16" s="10">
         <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="23" customHeight="1">
       <c r="A17" s="7">
         <v>10</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E17" s="10">
         <v>41.5</v>
       </c>
       <c r="F17" s="10">
         <v>34</v>
       </c>
       <c r="G17" s="10">
         <v>75.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="23" customHeight="1">
       <c r="A18" s="7">
         <v>11</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="10">
         <v>36.5</v>
       </c>
       <c r="F18" s="10">
         <v>36</v>
       </c>
       <c r="G18" s="10">
         <v>72.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="23" customHeight="1">
       <c r="A19" s="7">
         <v>12</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>34</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="E19" s="10">
         <v>39</v>
       </c>
       <c r="F19" s="10">
         <v>32</v>
       </c>
       <c r="G19" s="10">
         <v>71</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="23" customHeight="1">
       <c r="A20" s="7">
         <v>13</v>
       </c>
       <c r="B20" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="C20" s="9" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="E20" s="10">
         <v>38</v>
       </c>
       <c r="F20" s="10">
         <v>33</v>
       </c>
       <c r="G20" s="10">
         <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="23" customHeight="1">
       <c r="A21" s="7">
         <v>14</v>
       </c>
       <c r="B21" s="8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E21" s="10">
         <v>39.5</v>
       </c>
       <c r="F21" s="10">
         <v>31</v>
       </c>
       <c r="G21" s="10">
         <v>70.5</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="23" customHeight="1">
       <c r="A22" s="7">
         <v>15</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E22" s="10">
         <v>42</v>
       </c>
       <c r="F22" s="10">
         <v>26</v>
       </c>
       <c r="G22" s="10">
         <v>68</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="23" customHeight="1">
       <c r="A23" s="7">
         <v>16</v>
       </c>
       <c r="B23" s="8" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E23" s="10">
         <v>39</v>
       </c>
       <c r="F23" s="10">
         <v>27</v>
       </c>
       <c r="G23" s="10">
         <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="23" customHeight="1">
       <c r="A24" s="7">
         <v>17</v>
       </c>
       <c r="B24" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C24" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="C24" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="9" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E24" s="10">
         <v>31.5</v>
       </c>
       <c r="F24" s="10">
         <v>28</v>
       </c>
       <c r="G24" s="10">
         <v>59.5</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="23" customHeight="1">
       <c r="A25" s="7">
         <v>18</v>
       </c>
       <c r="B25" s="8" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="E25" s="10">
         <v>29</v>
       </c>
       <c r="F25" s="10">
         <v>29</v>
       </c>
       <c r="G25" s="10">
         <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="23" customHeight="1">
       <c r="A26" s="7">
         <v>19</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>45</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>20</v>
       </c>
       <c r="E26" s="10">