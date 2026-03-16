--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -20,51 +20,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="66">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-12-10 02:51:32.781785 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-03-16 04:08:22.105275 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie C</t>
   </si>
   <si>
     <t>Krajské kolo (Královéhradecký kraj)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>
@@ -80,168 +80,168 @@
   <si>
     <t>X8</t>
   </si>
   <si>
     <t>Kubeček, Antonín</t>
   </si>
   <si>
     <t>Jiráskovo G, Náchod, Řezníčkova 451</t>
   </si>
   <si>
     <t>X7</t>
   </si>
   <si>
     <t>Šiklová, Lucie</t>
   </si>
   <si>
     <t>G Boženy Němcové, Hradec Králové, Pospíšilova tř. 324</t>
   </si>
   <si>
     <t>5/6</t>
   </si>
   <si>
     <t>Hála, Filip</t>
   </si>
   <si>
-    <t>Zemědělská akademie a G Hořice - SŠ a VOŠ, příspěvková organizace</t>
+    <t>Zemědělská akademie a G Hořice - SŠ a VOŠ, p.o.</t>
   </si>
   <si>
     <t>Pačesná, Eliška</t>
   </si>
   <si>
     <t>Selke, Adam</t>
   </si>
   <si>
     <t>G J. K. Tyla, Hradec Králové, Tylovo nábř. 682</t>
   </si>
   <si>
     <t>1/4</t>
   </si>
   <si>
     <t>Burianová, Tereza</t>
   </si>
   <si>
     <t>Spatzierová, Adéla</t>
   </si>
   <si>
     <t>G, Trutnov, Jiráskovo náměstí 325</t>
   </si>
   <si>
     <t>5/8</t>
   </si>
   <si>
     <t>Seinerová, Linda</t>
   </si>
   <si>
     <t>X6</t>
   </si>
   <si>
     <t>Kuřík, Ondřej</t>
   </si>
   <si>
+    <t>Dostálová, Klára</t>
+  </si>
+  <si>
+    <t>G, Broumov, Hradební 218</t>
+  </si>
+  <si>
+    <t>7/8</t>
+  </si>
+  <si>
+    <t>Hajský, Jan</t>
+  </si>
+  <si>
+    <t>Lepařovo G, Jičín, Jiráskova 30</t>
+  </si>
+  <si>
+    <t>Kuczera, Jonáš</t>
+  </si>
+  <si>
     <t>4/6</t>
   </si>
   <si>
-    <t>Dostálová, Klára</t>
-[...16 lines deleted...]
-  <si>
     <t>Pospíšil, Josef</t>
   </si>
   <si>
     <t>Matjaš, Daniel</t>
   </si>
   <si>
     <t>6/8</t>
   </si>
   <si>
     <t>Husáková, Eliška</t>
   </si>
   <si>
     <t>SOŠ veterinární, Hradec Králové-Kukleny, Pražská 68</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Flečková, Nikol</t>
   </si>
   <si>
     <t>3/4</t>
   </si>
   <si>
     <t>Černá, Kateřina</t>
   </si>
   <si>
     <t>G a SOŠ pedagogická, Nová Paka, Kumburská 740</t>
   </si>
   <si>
+    <t>Hojný, David</t>
+  </si>
+  <si>
+    <t>G, Dobruška, Pulická 779</t>
+  </si>
+  <si>
+    <t>Stavrinou, Kristýna</t>
+  </si>
+  <si>
+    <t>G Františka Martina Pelcla, Rychnov nad Kněžnou, Hrdinů odboje 36</t>
+  </si>
+  <si>
+    <t>Lacko, Adam</t>
+  </si>
+  <si>
+    <t>Ondrušová, Zuzana</t>
+  </si>
+  <si>
+    <t>Vítová, Karolína</t>
+  </si>
+  <si>
+    <t>Čížková, Karolína</t>
+  </si>
+  <si>
+    <t>Kohoutová, Karolína</t>
+  </si>
+  <si>
+    <t>Krupičková, Michaela</t>
+  </si>
+  <si>
     <t>2/4</t>
-  </si>
-[...28 lines deleted...]
-    <t>Krupičková, Michaela</t>
   </si>
   <si>
     <t>Pačesný, Jonáš</t>
   </si>
   <si>
     <t>Pšornová, Magdaléna</t>
   </si>
   <si>
     <t>G, Dvůr Králové nad Labem, nám. Odboje 304</t>
   </si>
   <si>
     <t>Roušal, Richard</t>
   </si>
   <si>
     <t>Stará, Barbora</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.00"/>
   </numFmts>
   <fonts count="6">
@@ -978,143 +978,143 @@
       </c>
       <c r="D16" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E16" s="10">
         <v>30.25</v>
       </c>
       <c r="F16" s="10">
         <v>34</v>
       </c>
       <c r="G16" s="10">
         <v>64.25</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="23" customHeight="1">
       <c r="A17" s="7">
         <v>10</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E17" s="10">
         <v>28</v>
       </c>
       <c r="F17" s="10">
         <v>33.5</v>
       </c>
       <c r="G17" s="10">
         <v>61.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="23" customHeight="1">
       <c r="A18" s="7">
         <v>11</v>
       </c>
       <c r="B18" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="C18" s="9" t="s">
         <v>34</v>
       </c>
-      <c r="C18" s="9" t="s">
+      <c r="D18" s="9" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="E18" s="10">
         <v>28.5</v>
       </c>
       <c r="F18" s="10">
         <v>32.5</v>
       </c>
       <c r="G18" s="10">
         <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="23" customHeight="1">
       <c r="A19" s="7">
         <v>12</v>
       </c>
       <c r="B19" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C19" s="9" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E19" s="10">
         <v>33.25</v>
       </c>
       <c r="F19" s="10">
         <v>26.5</v>
       </c>
       <c r="G19" s="10">
         <v>59.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="23" customHeight="1">
       <c r="A20" s="7">
         <v>13</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E20" s="10">
         <v>26.75</v>
       </c>
       <c r="F20" s="10">
         <v>31.5</v>
       </c>
       <c r="G20" s="10">
         <v>58.25</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="23" customHeight="1">
       <c r="A21" s="7">
         <v>14</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="E21" s="10">
         <v>25.75</v>
       </c>
       <c r="F21" s="10">
         <v>30</v>
       </c>
       <c r="G21" s="10">
         <v>55.75</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="23" customHeight="1">
       <c r="A22" s="7">
         <v>15</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="10">
@@ -1162,215 +1162,215 @@
       </c>
       <c r="D24" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E24" s="10">
         <v>14</v>
       </c>
       <c r="F24" s="10">
         <v>30</v>
       </c>
       <c r="G24" s="10">
         <v>44</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="23" customHeight="1">
       <c r="A25" s="7">
         <v>18</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>49</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="E25" s="10">
         <v>14.25</v>
       </c>
       <c r="F25" s="10">
         <v>26.5</v>
       </c>
       <c r="G25" s="10">
         <v>40.75</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="23" customHeight="1">
       <c r="A26" s="7">
         <v>19</v>
       </c>
       <c r="B26" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C26" s="9" t="s">
         <v>51</v>
       </c>
-      <c r="C26" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" s="9" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="E26" s="10">
         <v>26.75</v>
       </c>
       <c r="F26" s="10">
         <v>13.5</v>
       </c>
       <c r="G26" s="10">
         <v>40.25</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="23" customHeight="1">
       <c r="A27" s="7">
         <v>20</v>
       </c>
       <c r="B27" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C27" s="9" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="10">
         <v>20</v>
       </c>
       <c r="F27" s="10">
         <v>20</v>
       </c>
       <c r="G27" s="10">
         <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="23" customHeight="1">
       <c r="A28" s="7">
         <v>21</v>
       </c>
       <c r="B28" s="8" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E28" s="10">
         <v>30.75</v>
       </c>
       <c r="F28" s="10">
         <v>6</v>
       </c>
       <c r="G28" s="10">
         <v>36.75</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="23" customHeight="1">
       <c r="A29" s="7">
         <v>22</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="E29" s="10">
         <v>24.75</v>
       </c>
       <c r="F29" s="10">
         <v>11.5</v>
       </c>
       <c r="G29" s="10">
         <v>36.25</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="23" customHeight="1">
       <c r="A30" s="7">
         <v>23</v>
       </c>
       <c r="B30" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E30" s="10">
         <v>18.25</v>
       </c>
       <c r="F30" s="10">
         <v>17</v>
       </c>
       <c r="G30" s="10">
         <v>35.25</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="23" customHeight="1">
       <c r="A31" s="11"/>
       <c r="B31" s="12" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C31" s="13" t="s">
         <v>18</v>
       </c>
       <c r="D31" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E31" s="14"/>
       <c r="F31" s="14"/>
     </row>
     <row r="32" spans="1:7" ht="23" customHeight="1">
       <c r="A32" s="11"/>
       <c r="B32" s="12" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C32" s="13" t="s">
         <v>18</v>
       </c>
       <c r="D32" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E32" s="14"/>
       <c r="F32" s="14"/>
     </row>
     <row r="33" spans="1:6" ht="23" customHeight="1">
       <c r="A33" s="11"/>
       <c r="B33" s="12" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C33" s="13" t="s">
         <v>15</v>
       </c>
       <c r="D33" s="13" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="E33" s="14"/>
       <c r="F33" s="14"/>
     </row>
     <row r="34" spans="1:6" ht="23" customHeight="1">
       <c r="A34" s="11"/>
       <c r="B34" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C34" s="13" t="s">
         <v>12</v>
       </c>
       <c r="D34" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E34" s="14"/>
       <c r="F34" s="14"/>
     </row>
     <row r="35" spans="1:6" ht="23" customHeight="1">
       <c r="A35" s="11"/>
       <c r="B35" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C35" s="13" t="s">
         <v>63</v>
@@ -1382,51 +1382,51 @@
       <c r="F35" s="14"/>
     </row>
     <row r="36" spans="1:6" ht="23" customHeight="1">
       <c r="A36" s="11"/>
       <c r="B36" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C36" s="13" t="s">
         <v>12</v>
       </c>
       <c r="D36" s="13" t="s">
         <v>42</v>
       </c>
       <c r="E36" s="14"/>
       <c r="F36" s="14"/>
     </row>
     <row r="37" spans="1:6" ht="23" customHeight="1">
       <c r="A37" s="11"/>
       <c r="B37" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C37" s="13" t="s">
         <v>18</v>
       </c>
       <c r="D37" s="13" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E37" s="14"/>
       <c r="F37" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>