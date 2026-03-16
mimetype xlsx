--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -15,56 +15,56 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="101">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-12-10 02:47:05.209432 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-03-16 04:08:07.242352 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie C</t>
   </si>
   <si>
     <t>Krajské kolo (Hlavní město Praha)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>
@@ -276,53 +276,50 @@
     <t>Černíková, Kamila</t>
   </si>
   <si>
     <t>Malostranské G, Praha 1, Josefská 7</t>
   </si>
   <si>
     <t>Blažíček, Tadeáš</t>
   </si>
   <si>
     <t>Pogorelov, Leonid</t>
   </si>
   <si>
     <t>Německá škola v Praze s.r.o. - zahraniční škola a G</t>
   </si>
   <si>
     <t>Kubínová, Tereza</t>
   </si>
   <si>
     <t>G, Praha 9, Litoměřická 726</t>
   </si>
   <si>
     <t>Lizec, Matěj</t>
   </si>
   <si>
     <t>G Na Pražačce, Praha 3, Nad Ohradou 23</t>
-  </si>
-[...1 lines deleted...]
-    <t>4/6</t>
   </si>
   <si>
     <t>Morávková, Lucie</t>
   </si>
   <si>
     <t>EDUCAnet - G, SOŠ a ZŠ Praha, s.r.o.</t>
   </si>
   <si>
     <t>Týbl, Adam</t>
   </si>
   <si>
     <t>G Christiana Dopplera</t>
   </si>
   <si>
     <t>Zinková, Adéla</t>
   </si>
   <si>
     <t>Gürthová, Šarlota</t>
   </si>
   <si>
     <t>VOŠ grafická a SPŠ grafická, Praha 1, Hellichova 22</t>
   </si>
   <si>
     <t>Kühnel, Jakub</t>
   </si>
@@ -1247,51 +1244,51 @@
       </c>
       <c r="D23" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E23" s="10">
         <v>32.25</v>
       </c>
       <c r="F23" s="10">
         <v>38.5</v>
       </c>
       <c r="G23" s="10">
         <v>70.75</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="23" customHeight="1">
       <c r="A24" s="7">
         <v>17</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>28</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="E24" s="10">
         <v>35</v>
       </c>
       <c r="F24" s="10">
         <v>35</v>
       </c>
       <c r="G24" s="10">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="23" customHeight="1">
       <c r="A25" s="7">
         <v>18</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>43</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="10">
@@ -1638,51 +1635,51 @@
       </c>
       <c r="D40" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E40" s="10">
         <v>21.25</v>
       </c>
       <c r="F40" s="10">
         <v>35</v>
       </c>
       <c r="G40" s="10">
         <v>56.25</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="23" customHeight="1">
       <c r="A41" s="7">
         <v>34</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C41" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="E41" s="10">
         <v>30</v>
       </c>
       <c r="F41" s="10">
         <v>24</v>
       </c>
       <c r="G41" s="10">
         <v>54</v>
       </c>
     </row>
     <row r="42" spans="1:7" ht="23" customHeight="1">
       <c r="A42" s="7">
         <v>35</v>
       </c>
       <c r="B42" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C42" s="9" t="s">
         <v>79</v>
       </c>
       <c r="D42" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E42" s="10">
@@ -1753,249 +1750,249 @@
       </c>
       <c r="D45" s="9" t="s">
         <v>35</v>
       </c>
       <c r="E45" s="10">
         <v>32.5</v>
       </c>
       <c r="F45" s="10">
         <v>17</v>
       </c>
       <c r="G45" s="10">
         <v>49.5</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="23" customHeight="1">
       <c r="A46" s="7">
         <v>39</v>
       </c>
       <c r="B46" s="8" t="s">
         <v>85</v>
       </c>
       <c r="C46" s="9" t="s">
         <v>86</v>
       </c>
       <c r="D46" s="9" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
       <c r="E46" s="10">
         <v>29.5</v>
       </c>
       <c r="F46" s="10">
         <v>18</v>
       </c>
       <c r="G46" s="10">
         <v>47.5</v>
       </c>
     </row>
     <row r="47" spans="1:7" ht="23" customHeight="1">
       <c r="A47" s="7">
         <v>40</v>
       </c>
       <c r="B47" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="C47" s="9" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E47" s="10">
         <v>15</v>
       </c>
       <c r="F47" s="10">
         <v>31.5</v>
       </c>
       <c r="G47" s="10">
         <v>46.5</v>
       </c>
     </row>
     <row r="48" spans="1:7" ht="23" customHeight="1">
       <c r="A48" s="7">
         <v>41</v>
       </c>
       <c r="B48" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C48" s="9" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E48" s="10">
         <v>9.75</v>
       </c>
       <c r="F48" s="10">
         <v>36.5</v>
       </c>
       <c r="G48" s="10">
         <v>46.25</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="23" customHeight="1">
       <c r="A49" s="7">
         <v>42</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C49" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E49" s="10">
         <v>37.25</v>
       </c>
       <c r="F49" s="10">
         <v>8</v>
       </c>
       <c r="G49" s="10">
         <v>45.25</v>
       </c>
     </row>
     <row r="50" spans="1:7" ht="23" customHeight="1">
       <c r="A50" s="7">
         <v>43</v>
       </c>
       <c r="B50" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="C50" s="9" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E50" s="10">
         <v>8</v>
       </c>
       <c r="F50" s="10">
         <v>32</v>
       </c>
       <c r="G50" s="10">
         <v>40</v>
       </c>
     </row>
     <row r="51" spans="1:7" ht="23" customHeight="1">
       <c r="A51" s="7">
         <v>44</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C51" s="9" t="s">
         <v>28</v>
       </c>
       <c r="D51" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E51" s="10">
         <v>33.25</v>
       </c>
       <c r="F51" s="10">
         <v>5</v>
       </c>
       <c r="G51" s="10">
         <v>38.25</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="23" customHeight="1">
       <c r="A52" s="7">
         <v>45</v>
       </c>
       <c r="B52" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="C52" s="9" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D52" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E52" s="10">
         <v>21.75</v>
       </c>
       <c r="F52" s="10">
         <v>3.5</v>
       </c>
       <c r="G52" s="10">
         <v>25.25</v>
       </c>
     </row>
     <row r="53" spans="1:7" ht="23" customHeight="1">
       <c r="A53" s="11"/>
       <c r="B53" s="12" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C53" s="13" t="s">
         <v>25</v>
       </c>
       <c r="D53" s="13" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="14">
         <v>0</v>
       </c>
       <c r="F53" s="14">
         <v>0</v>
       </c>
       <c r="G53" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:7" ht="23" customHeight="1">
       <c r="A54" s="11"/>
       <c r="B54" s="12" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C54" s="13" t="s">
         <v>30</v>
       </c>
       <c r="D54" s="13" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="14">
         <v>0</v>
       </c>
       <c r="F54" s="14">
         <v>0</v>
       </c>
       <c r="G54" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:7" ht="23" customHeight="1">
       <c r="A55" s="11"/>
       <c r="B55" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C55" s="13" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D55" s="13" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="14">
         <v>0</v>
       </c>
       <c r="F55" s="14">
         <v>0</v>
       </c>
       <c r="G55" s="14">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>