--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -20,156 +20,156 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="40">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-12-10 03:09:27.925503 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-03-16 04:11:09.724100 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie C</t>
   </si>
   <si>
     <t>Krajské kolo (Karlovarský kraj)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>
   <si>
     <t>Celkem</t>
   </si>
   <si>
     <t>Melichar, Elena</t>
   </si>
   <si>
-    <t>G Cheb, příspěvková organizace</t>
+    <t>G Cheb, p.o.</t>
   </si>
   <si>
     <t>X8</t>
   </si>
   <si>
     <t>Grundmann, Pavel</t>
   </si>
   <si>
-    <t>První české G v Karlových Varech, příspěvková organizace</t>
+    <t>První české G v Karlových Varech, p.o.</t>
   </si>
   <si>
     <t>6/8</t>
   </si>
   <si>
     <t>Nguyen, Huu Thang</t>
   </si>
   <si>
     <t>X7</t>
   </si>
   <si>
     <t>Maštalířová, Nikola</t>
   </si>
   <si>
-    <t>G Ostrov, příspěvková organizace</t>
+    <t>G Ostrov, p.o.</t>
   </si>
   <si>
     <t>2/4</t>
   </si>
   <si>
     <t>Matějková, Adéla</t>
   </si>
   <si>
     <t>Šihovcová, Veronika</t>
   </si>
   <si>
-    <t>G Sokolov a Krajské vzdělávací centrum, příspěvková organizace</t>
+    <t>G Sokolov a Krajské vzdělávací centrum, p.o.</t>
   </si>
   <si>
     <t>Zálišová, Anna</t>
   </si>
   <si>
     <t>Tegda, Vojtěch</t>
   </si>
   <si>
     <t>Vyletová, Natálie</t>
   </si>
   <si>
     <t>Krejčová, Kateřina</t>
   </si>
   <si>
     <t>7/8</t>
   </si>
   <si>
     <t>Motlíková, Anna</t>
   </si>
   <si>
     <t>Pochman, Lukáš</t>
   </si>
   <si>
     <t>Szekeres, Dominik</t>
   </si>
   <si>
-    <t>Střední uměleckoprůmyslová škola Karlovy Vary, příspěvková organizace</t>
+    <t>SUPŠ Karlovy Vary, p.o.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Seligerová, Natalia</t>
   </si>
   <si>
-    <t>G a OA Mariánské Lázně, příspěvková organizace</t>
+    <t>G a OA Mariánské Lázně, p.o.</t>
   </si>
   <si>
     <t>Hrachovec, Tomáš</t>
   </si>
   <si>
     <t>X6</t>
   </si>
   <si>
     <t>Niebauerová, Eliška</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.00"/>
   </numFmts>
   <fonts count="4">
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -759,51 +759,51 @@
       </c>
       <c r="D11" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10">
         <v>25.5</v>
       </c>
       <c r="F11" s="10">
         <v>38.5</v>
       </c>
       <c r="G11" s="10">
         <v>64</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="23" customHeight="1">
       <c r="A12" s="7">
         <v>5</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E12" s="10">
         <v>33.75</v>
       </c>
       <c r="F12" s="10">
         <v>30</v>
       </c>
       <c r="G12" s="10">
         <v>63.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="23" customHeight="1">
       <c r="A13" s="7">
         <v>6</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="10">