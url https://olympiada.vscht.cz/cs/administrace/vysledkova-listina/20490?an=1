--- v0 (2025-12-10)
+++ v1 (2026-03-16)
@@ -20,51 +20,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="62">
   <si>
     <t>Výsledková listina pro rok 2023/2024</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-12-10 03:09:28.182350 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-03-16 04:09:34.262353 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie C</t>
   </si>
   <si>
     <t>Krajské kolo (Vysočina)</t>
   </si>
   <si>
     <t>Pořadí</t>
   </si>
   <si>
     <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
     <t>Anorganika</t>
   </si>
   <si>
     <t>Praxe</t>
   </si>