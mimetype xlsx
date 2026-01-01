--- v0 (2025-11-03)
+++ v1 (2026-01-01)
@@ -15,92 +15,89 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="33">
   <si>
     <t>Výsledková listina pro rok 2024/2025</t>
   </si>
   <si>
-    <t>Vygenerováno 2025-11-03 09:43:25.344004 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-01-01 21:40:26.844324 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie A</t>
   </si>
   <si>
     <t>Krajské kolo (Jihočeský kraj)</t>
   </si>
   <si>
-    <t>Pořadí</t>
-[...2 lines deleted...]
-    <t>Jméno a příjmení</t>
+    <t>Kód</t>
+  </si>
+  <si>
+    <t>Příjmení, jméno</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
-    <t>Anorganika</t>
-[...14 lines deleted...]
-    <t>Celkem</t>
+    <t>E-mail</t>
+  </si>
+  <si>
+    <t>Telefon</t>
+  </si>
+  <si>
+    <t>Bydliště</t>
+  </si>
+  <si>
+    <t>E-mail učitele</t>
+  </si>
+  <si>
+    <t>Telefon učitele</t>
   </si>
   <si>
     <t>Litvínová, Šárka</t>
   </si>
   <si>
     <t>G, České Budějovice, Jírovcova 8</t>
   </si>
   <si>
     <t>X8</t>
   </si>
   <si>
     <t>Předota, Jáchym</t>
   </si>
   <si>
     <t>8/8</t>
   </si>
   <si>
     <t>Outlý, Jakub</t>
   </si>
   <si>
     <t>G J. V. Jirsíka, České Budějovice, Fráni Šrámka 23</t>
   </si>
   <si>
     <t>Jílek, Jaroslav</t>
   </si>
@@ -218,68 +215,65 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFDDDDFF"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -652,393 +646,390 @@
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
     </row>
     <row r="4" spans="1:10">
       <c r="C4" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="E7" s="6" t="s">
+      <c r="E7" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="F7" s="6" t="s">
+      <c r="F7" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="G7" s="6" t="s">
+      <c r="G7" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="H7" s="6" t="s">
+      <c r="H7" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="I7" s="6" t="s">
+      <c r="I7" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="J7" s="6" t="s">
+    </row>
+    <row r="8" spans="1:10" ht="23" customHeight="1">
+      <c r="A8" s="6">
+        <v>1</v>
+      </c>
+      <c r="B8" s="7" t="s">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="7">
+      <c r="C8" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="9">
+        <v>5</v>
+      </c>
+      <c r="F8" s="9">
+        <v>6.75</v>
+      </c>
+      <c r="G8" s="9">
+        <v>10.63</v>
+      </c>
+      <c r="H8" s="9">
+        <v>8.25</v>
+      </c>
+      <c r="I8" s="9">
+        <v>36</v>
+      </c>
+      <c r="J8" s="9">
+        <v>66.63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="23" customHeight="1">
+      <c r="A9" s="6">
+        <v>2</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E9" s="9">
+        <v>11</v>
+      </c>
+      <c r="F9" s="9">
+        <v>8.5</v>
+      </c>
+      <c r="G9" s="9">
+        <v>10.88</v>
+      </c>
+      <c r="H9" s="9">
+        <v>6.5</v>
+      </c>
+      <c r="I9" s="9">
+        <v>29.5</v>
+      </c>
+      <c r="J9" s="9">
+        <v>66.38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="23" customHeight="1">
+      <c r="A10" s="6">
+        <v>3</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E10" s="9">
+        <v>10.75</v>
+      </c>
+      <c r="F10" s="9">
+        <v>12.75</v>
+      </c>
+      <c r="G10" s="9">
+        <v>1.63</v>
+      </c>
+      <c r="H10" s="9">
+        <v>8.25</v>
+      </c>
+      <c r="I10" s="9">
+        <v>23.25</v>
+      </c>
+      <c r="J10" s="9">
+        <v>56.63</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="23" customHeight="1">
+      <c r="A11" s="6">
+        <v>4</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="F11" s="9">
+        <v>6.25</v>
+      </c>
+      <c r="G11" s="9">
+        <v>9.880000000000001</v>
+      </c>
+      <c r="H11" s="9">
+        <v>5</v>
+      </c>
+      <c r="I11" s="9">
+        <v>24.75</v>
+      </c>
+      <c r="J11" s="9">
+        <v>53.38</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="23" customHeight="1">
+      <c r="A12" s="6">
+        <v>5</v>
+      </c>
+      <c r="B12" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E12" s="9">
+        <v>7</v>
+      </c>
+      <c r="F12" s="9">
+        <v>3.25</v>
+      </c>
+      <c r="G12" s="9">
+        <v>5.88</v>
+      </c>
+      <c r="H12" s="9">
+        <v>8</v>
+      </c>
+      <c r="I12" s="9">
+        <v>26.75</v>
+      </c>
+      <c r="J12" s="9">
+        <v>50.88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="23" customHeight="1">
+      <c r="A13" s="6">
+        <v>6</v>
+      </c>
+      <c r="B13" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="9">
+        <v>10.25</v>
+      </c>
+      <c r="F13" s="9">
+        <v>6.75</v>
+      </c>
+      <c r="G13" s="9">
+        <v>6.13</v>
+      </c>
+      <c r="H13" s="9">
+        <v>4.25</v>
+      </c>
+      <c r="I13" s="9">
+        <v>22.25</v>
+      </c>
+      <c r="J13" s="9">
+        <v>49.63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="23" customHeight="1">
+      <c r="A14" s="6">
+        <v>7</v>
+      </c>
+      <c r="B14" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="9">
+        <v>4</v>
+      </c>
+      <c r="F14" s="9">
+        <v>0.75</v>
+      </c>
+      <c r="G14" s="9">
+        <v>6.5</v>
+      </c>
+      <c r="H14" s="9">
+        <v>8</v>
+      </c>
+      <c r="I14" s="9">
+        <v>20.75</v>
+      </c>
+      <c r="J14" s="9">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="23" customHeight="1">
+      <c r="A15" s="6">
+        <v>8</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E15" s="9">
+        <v>3.75</v>
+      </c>
+      <c r="F15" s="9">
+        <v>2.25</v>
+      </c>
+      <c r="G15" s="9">
+        <v>2</v>
+      </c>
+      <c r="H15" s="9">
+        <v>3.25</v>
+      </c>
+      <c r="I15" s="9">
+        <v>27.25</v>
+      </c>
+      <c r="J15" s="9">
+        <v>38.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="23" customHeight="1">
+      <c r="A16" s="6">
+        <v>9</v>
+      </c>
+      <c r="B16" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E16" s="9">
         <v>1</v>
       </c>
-      <c r="B8" s="8" t="s">
-[...60 lines deleted...]
-      <c r="A10" s="7">
+      <c r="F16" s="9">
+        <v>2.25</v>
+      </c>
+      <c r="G16" s="9">
         <v>3</v>
       </c>
-      <c r="B10" s="8" t="s">
-[...28 lines deleted...]
-      <c r="A11" s="7">
+      <c r="H16" s="9">
+        <v>6</v>
+      </c>
+      <c r="I16" s="9">
+        <v>20.75</v>
+      </c>
+      <c r="J16" s="9">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="23" customHeight="1">
+      <c r="A17" s="6">
+        <v>10</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E17" s="9">
+        <v>6</v>
+      </c>
+      <c r="F17" s="9">
+        <v>4.5</v>
+      </c>
+      <c r="G17" s="9">
         <v>4</v>
       </c>
-      <c r="B11" s="8" t="s">
-[...81 lines deleted...]
-      <c r="H13" s="10">
+      <c r="H17" s="9">
         <v>4.25</v>
       </c>
-      <c r="I13" s="10">
-[...127 lines deleted...]
-      <c r="I17" s="10">
+      <c r="I17" s="9">
         <v>12.5</v>
       </c>
-      <c r="J17" s="10">
+      <c r="J17" s="9">
         <v>31.25</v>
       </c>
     </row>
     <row r="18" spans="1:10"/>
     <row r="19" spans="1:10">
-      <c r="A19" s="11" t="s">
-        <v>33</v>
+      <c r="A19" s="10" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>