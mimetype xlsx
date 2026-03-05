--- v1 (2026-01-01)
+++ v2 (2026-03-05)
@@ -15,89 +15,92 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Výsledky" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Výsledky!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="34">
   <si>
     <t>Výsledková listina pro rok 2024/2025</t>
   </si>
   <si>
-    <t>Vygenerováno 2026-01-01 21:40:26.844324 pro uživatele Anonym</t>
+    <t>Vygenerováno 2026-03-05 08:00:37.618055 pro uživatele Anonym</t>
   </si>
   <si>
     <t>Kategorie A</t>
   </si>
   <si>
     <t>Krajské kolo (Jihočeský kraj)</t>
   </si>
   <si>
-    <t>Kód</t>
-[...2 lines deleted...]
-    <t>Příjmení, jméno</t>
+    <t>Pořadí</t>
+  </si>
+  <si>
+    <t>Jméno a příjmení</t>
   </si>
   <si>
     <t>Škola</t>
   </si>
   <si>
     <t>Roč.</t>
   </si>
   <si>
-    <t>E-mail</t>
-[...11 lines deleted...]
-    <t>Telefon učitele</t>
+    <t>Anorganika</t>
+  </si>
+  <si>
+    <t>Organika</t>
+  </si>
+  <si>
+    <t>Fyzikála</t>
+  </si>
+  <si>
+    <t>Biochemie</t>
+  </si>
+  <si>
+    <t>Praxe</t>
+  </si>
+  <si>
+    <t>Celkem</t>
   </si>
   <si>
     <t>Litvínová, Šárka</t>
   </si>
   <si>
     <t>G, České Budějovice, Jírovcova 8</t>
   </si>
   <si>
     <t>X8</t>
   </si>
   <si>
     <t>Předota, Jáchym</t>
   </si>
   <si>
     <t>8/8</t>
   </si>
   <si>
     <t>Outlý, Jakub</t>
   </si>
   <si>
     <t>G J. V. Jirsíka, České Budějovice, Fráni Šrámka 23</t>
   </si>
   <si>
     <t>Jílek, Jaroslav</t>
   </si>
@@ -215,65 +218,68 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFDDDDFF"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -646,390 +652,393 @@
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
     </row>
     <row r="4" spans="1:10">
       <c r="C4" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="E7" s="5" t="s">
+      <c r="E7" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="F7" s="5" t="s">
+      <c r="F7" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G7" s="5" t="s">
+      <c r="G7" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="H7" s="5" t="s">
+      <c r="H7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="I7" s="6" t="s">
         <v>12</v>
       </c>
+      <c r="J7" s="6" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="8" spans="1:10" ht="23" customHeight="1">
-      <c r="A8" s="6">
+      <c r="A8" s="7">
         <v>1</v>
       </c>
-      <c r="B8" s="7" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="8" t="s">
+      <c r="B8" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="D8" s="8" t="s">
+      <c r="C8" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="E8" s="9">
+      <c r="D8" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="10">
         <v>5</v>
       </c>
-      <c r="F8" s="9">
+      <c r="F8" s="10">
         <v>6.75</v>
       </c>
-      <c r="G8" s="9">
+      <c r="G8" s="10">
         <v>10.63</v>
       </c>
-      <c r="H8" s="9">
+      <c r="H8" s="10">
         <v>8.25</v>
       </c>
-      <c r="I8" s="9">
+      <c r="I8" s="10">
         <v>36</v>
       </c>
-      <c r="J8" s="9">
+      <c r="J8" s="10">
         <v>66.63</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="23" customHeight="1">
-      <c r="A9" s="6">
+      <c r="A9" s="7">
         <v>2</v>
       </c>
-      <c r="B9" s="7" t="s">
+      <c r="B9" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" s="10">
+        <v>11</v>
+      </c>
+      <c r="F9" s="10">
+        <v>8.5</v>
+      </c>
+      <c r="G9" s="10">
+        <v>10.88</v>
+      </c>
+      <c r="H9" s="10">
+        <v>6.5</v>
+      </c>
+      <c r="I9" s="10">
+        <v>29.5</v>
+      </c>
+      <c r="J9" s="10">
+        <v>66.38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="23" customHeight="1">
+      <c r="A10" s="7">
+        <v>3</v>
+      </c>
+      <c r="B10" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" s="10">
+        <v>10.75</v>
+      </c>
+      <c r="F10" s="10">
+        <v>12.75</v>
+      </c>
+      <c r="G10" s="10">
+        <v>1.63</v>
+      </c>
+      <c r="H10" s="10">
+        <v>8.25</v>
+      </c>
+      <c r="I10" s="10">
+        <v>23.25</v>
+      </c>
+      <c r="J10" s="10">
+        <v>56.63</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="23" customHeight="1">
+      <c r="A11" s="7">
+        <v>4</v>
+      </c>
+      <c r="B11" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="C9" s="8" t="s">
-[...14 lines deleted...]
-      <c r="H9" s="9">
+      <c r="E11" s="10">
+        <v>7.5</v>
+      </c>
+      <c r="F11" s="10">
+        <v>6.25</v>
+      </c>
+      <c r="G11" s="10">
+        <v>9.880000000000001</v>
+      </c>
+      <c r="H11" s="10">
+        <v>5</v>
+      </c>
+      <c r="I11" s="10">
+        <v>24.75</v>
+      </c>
+      <c r="J11" s="10">
+        <v>53.38</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="23" customHeight="1">
+      <c r="A12" s="7">
+        <v>5</v>
+      </c>
+      <c r="B12" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C12" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" s="10">
+        <v>7</v>
+      </c>
+      <c r="F12" s="10">
+        <v>3.25</v>
+      </c>
+      <c r="G12" s="10">
+        <v>5.88</v>
+      </c>
+      <c r="H12" s="10">
+        <v>8</v>
+      </c>
+      <c r="I12" s="10">
+        <v>26.75</v>
+      </c>
+      <c r="J12" s="10">
+        <v>50.88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="23" customHeight="1">
+      <c r="A13" s="7">
+        <v>6</v>
+      </c>
+      <c r="B13" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="10">
+        <v>10.25</v>
+      </c>
+      <c r="F13" s="10">
+        <v>6.75</v>
+      </c>
+      <c r="G13" s="10">
+        <v>6.13</v>
+      </c>
+      <c r="H13" s="10">
+        <v>4.25</v>
+      </c>
+      <c r="I13" s="10">
+        <v>22.25</v>
+      </c>
+      <c r="J13" s="10">
+        <v>49.63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="23" customHeight="1">
+      <c r="A14" s="7">
+        <v>7</v>
+      </c>
+      <c r="B14" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="10">
+        <v>4</v>
+      </c>
+      <c r="F14" s="10">
+        <v>0.75</v>
+      </c>
+      <c r="G14" s="10">
         <v>6.5</v>
       </c>
-      <c r="I9" s="9">
-[...7 lines deleted...]
-      <c r="A10" s="6">
+      <c r="H14" s="10">
+        <v>8</v>
+      </c>
+      <c r="I14" s="10">
+        <v>20.75</v>
+      </c>
+      <c r="J14" s="10">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="23" customHeight="1">
+      <c r="A15" s="7">
+        <v>8</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D15" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="E15" s="10">
+        <v>3.75</v>
+      </c>
+      <c r="F15" s="10">
+        <v>2.25</v>
+      </c>
+      <c r="G15" s="10">
+        <v>2</v>
+      </c>
+      <c r="H15" s="10">
+        <v>3.25</v>
+      </c>
+      <c r="I15" s="10">
+        <v>27.25</v>
+      </c>
+      <c r="J15" s="10">
+        <v>38.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="23" customHeight="1">
+      <c r="A16" s="7">
+        <v>9</v>
+      </c>
+      <c r="B16" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="E16" s="10">
+        <v>1</v>
+      </c>
+      <c r="F16" s="10">
+        <v>2.25</v>
+      </c>
+      <c r="G16" s="10">
         <v>3</v>
       </c>
-      <c r="B10" s="7" t="s">
-[...28 lines deleted...]
-      <c r="A11" s="6">
+      <c r="H16" s="10">
+        <v>6</v>
+      </c>
+      <c r="I16" s="10">
+        <v>20.75</v>
+      </c>
+      <c r="J16" s="10">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="23" customHeight="1">
+      <c r="A17" s="7">
+        <v>10</v>
+      </c>
+      <c r="B17" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" s="10">
+        <v>6</v>
+      </c>
+      <c r="F17" s="10">
+        <v>4.5</v>
+      </c>
+      <c r="G17" s="10">
         <v>4</v>
       </c>
-      <c r="B11" s="7" t="s">
-[...81 lines deleted...]
-      <c r="H13" s="9">
+      <c r="H17" s="10">
         <v>4.25</v>
       </c>
-      <c r="I13" s="9">
-[...127 lines deleted...]
-      <c r="I17" s="9">
+      <c r="I17" s="10">
         <v>12.5</v>
       </c>
-      <c r="J17" s="9">
+      <c r="J17" s="10">
         <v>31.25</v>
       </c>
     </row>
     <row r="18" spans="1:10"/>
     <row r="19" spans="1:10">
-      <c r="A19" s="10" t="s">
-        <v>32</v>
+      <c r="A19" s="11" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>